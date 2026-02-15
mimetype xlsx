--- v0 (2025-11-18)
+++ v1 (2026-02-15)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1402" uniqueCount="611">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1664" uniqueCount="707">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -277,50 +277,104 @@
     <t>393</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>ATA DA 19ª SESSÃO ORDINÁRIA.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>ATA DA 20ª  SESSÃO ORDINÁRIA.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>ATA DA 21ª SESSÃO ORDINÁRIA.</t>
+  </si>
+  <si>
+    <t>399</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>ATA DA 22ª SESSÃO ORDINÁRIA.</t>
+  </si>
+  <si>
+    <t>400</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>ATA 23ª SESSÃO ORDINÁRIA.</t>
+  </si>
+  <si>
+    <t>412</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>ATA DA 24ª SESSÃO ORDINÁRIA.</t>
+  </si>
+  <si>
+    <t>416</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>ATA DA 25ª SESSÃO ORDINÁRIA.</t>
+  </si>
+  <si>
+    <t>428</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>ATA 26ª SESSÃO ORDINÁRIA.</t>
+  </si>
+  <si>
+    <t>429</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>ATA DA 27ª SESSÃO ORDINÁRIA.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
     <t>https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/238/parecer_no01_de_2025.pdf</t>
   </si>
   <si>
     <t>Parecer conjunto do jurídico sobre o projeto de lei executivo n° 01/ 2025.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
@@ -494,112 +548,94 @@
   <si>
     <t>https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/330/projeto_de_lei_executivo_no_019.2025.pdf</t>
   </si>
   <si>
     <t>EMENTA: REORGANIZA O SERVIÇO AUTÔNOMO DE ÁGUA E ESGOTO - SAAE AMARAJI, INSTITUCIONALIZA SEU REGULAMENTO GERAL, INSTITUI O PLANO DE CARGOS E CARREIRAS, ESTABELECE TARIFAS E PREÇOS PÚBLICOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>EMENTA: Institui a Loteria Municipal no âmbito do Município de Amaraji, e dá outras providências.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/344/projeto_do_executivo_021.2025.pdf</t>
   </si>
   <si>
     <t>EMENTA: DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>22</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/354/projeto_de_lei_executivo_no_022.2025.pdf</t>
   </si>
   <si>
     <t>EMENTA: Institui o Programa de Recuperação de Créditos Fiscais da Secretaria Municipal da Fazenda da Cidade de Amaraji/PE- REFIS AMARAJI 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>23</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/361/projeto_de_lei_executivo_no_023.2025.pdf</t>
   </si>
   <si>
     <t>EMENTA: DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DA JUVENTUDE COMJUV, INSTITUI O FUNDO MUNICIPAL DA JUVENTUDE - FUMJUV DO MUNICÍPIO DE AMARAJI/PE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>24</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/362/projeto_de_lei_executivo_no_024.2025.pdf</t>
   </si>
   <si>
     <t>EMENTA: Abre no orçamento vigente crédito adicional especial e dá outras providências.</t>
   </si>
   <si>
     <t>363</t>
-  </si>
-[...1 lines deleted...]
-    <t>25</t>
   </si>
   <si>
     <t>https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/363/projeto_de_lei_executivo_no_025.2025.pdf</t>
   </si>
   <si>
     <t>EMENTA: DISPÕE SOBRE A REESTRUTURAÇÃO DA ATIVIDADE DE TRANSPORTE INDIVIDUAL DE PASSAGEIROS NA MODALIDADE MOTO TÁXI, POR MEIO DE_x000D_
 MOTOCICLETAS, NO MUNICÍPIO DE AMARA]I, CONCESSÃO DE TERMO DE PERMISSÃO PARA O EXERCÍCIO DA ATIVIDADE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>26</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/364/projeto_de_lei_executivo_no_026.2025.pdf</t>
   </si>
   <si>
     <t>EMENTA: INSTITUI O SISTEMA DE SEGURANÇA ALIMENTAR E NUTRICIONAL - SISAN, DISPÕE SOBRE O CONSELHO MUNICIPAL DE SEGURANÇA ALIMENTAR E NUTRICIONAL - COMSEAN, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>382</t>
-  </si>
-[...1 lines deleted...]
-    <t>27</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REESTRUTURAÇÃO DA ATIVIDADE DE TRANSPORTE INDIVIDUAL DE PASSAGEIROS NA MODALIDADE TÁXI, POR MEIO VEÍCULOS_x000D_
 AUTOMOTIVOS, NO MUNICÍPIO DE AMARAJI, CONCESSÃO DE TERMO DE PERMISSÃO PARA O EXERCÍCIO DA ATIVIDADE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>INSTITUI O FUNDO MUNICIPAL DE EDUCAÇÃO NO ÂMBITO DO MUNICÍPIO DE AMARAJI E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DE SOLTURA DE ANIMAIS EM RODOVIAS E VIAS URBANAS DO MUNICÍPIO DE AMARAJI/PE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>389</t>
@@ -619,50 +655,99 @@
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DA PREFEITURA DE AMARJI, PARA O EXERCÍCIO DE 2026.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>EMENTA: Institui O Plano Plurianual do Município de Amaraji para o período de 2026 a 2029 e dá outras providências.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/397/projeto_do_executivo_no_33.2025.pdf</t>
   </si>
   <si>
     <t>EMENTA : Institui O Programa "Natal Solidário" no âmbito do Município de Amaraji, como medida de incentivo ao comércio local e de promoção da solidariedade por meio de sorteio de prêmios e construção de moradia popular, e dá outras providências.</t>
   </si>
   <si>
+    <t>401</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/401/projeto_de_lei_do_executivo_no_34.2025.pdf</t>
+  </si>
+  <si>
+    <t>EMENTA: AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR AOS AGENTES COMUNITÁRIOS DE SAÚDE - ACS E AGENTES DE COMBATE A ENDEMIAS - ACE INCENTIVO FINANCEIRO ADICIONAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>402</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/402/projeto_de_lei_do_executivo_no_35.2025.pdf</t>
+  </si>
+  <si>
+    <t>EMENTA: Institui, no âmbito do Município de Amaraji o "Bônus Livro" aos estudantes, professores efetivos e contratados por tempo determinado da_x000D_
+Secretaria Municipal de Educação, Esportes e Juventude.</t>
+  </si>
+  <si>
+    <t>403</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/403/projeto_de_lei_do_executivo_no_36.2025.pdf</t>
+  </si>
+  <si>
+    <t>EMENTA: Modifica o Regime Próprio de Previdência Social do Município de Amaraji, de acordo com a Emenda Constitucional Federal nº 103/2019.</t>
+  </si>
+  <si>
+    <t>415</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/415/projeto_de_lei_do_executivo_no_37.2025.pdf</t>
+  </si>
+  <si>
+    <t>EMENTA: Dispõe sobre a instituição de alíquota suplementar extraordinária de equilíbrio financeiro-atuarial, em favor do Regime Próprio de Previdência Social do Município de Amaraji - FUNPRAMA, e dá outras providências.</t>
+  </si>
+  <si>
     <t>214</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Júlia de Berna</t>
   </si>
   <si>
     <t>https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/214/camscanner_07-02-2025_10.20_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implantação da Política Municipal de Incentivo ao Futebol Feminino ( FUTFEM ) e institui o Dia Municipal do Futebol Feminino no âmbito do Município de Amaraji.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>Edson Enfermeiro</t>
   </si>
   <si>
     <t>https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/248/projeto_legislativo_no_02.2025__edson.pdf</t>
@@ -723,75 +808,97 @@
   <si>
     <t>DENOMINA E DELIMITA BAIRROS E LOCALIDADES DO MUNICÍPIO DE AMARAJI, INSTITUI CODIFICAÇÃO MUNICIPAL DE LOGRADOUROS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>Maria da Agricultura, Júlia de Berna</t>
   </si>
   <si>
     <t>https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/357/projeto_legislativo_no_08.2025__julia_e_maria.pdf</t>
   </si>
   <si>
     <t>Ementa: Dispõe sobre a proibição de animais de médio e grande porte soltos em rodovias, praças, parques e vias públicas no Município de Amaraji/PE e dá outras providências.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>Maria da Agricultura</t>
   </si>
   <si>
     <t>Ementa: Concede Isenção de IPTU (Imposto Predial Territorial Urbano) para pessoas com TEA (Transtorno do Espectro Autista) e pessoas com TDAH (Transtorno do Déficit de Atenção com Hiperatividade) no município de Amaraji/PE e dá outras providências.</t>
   </si>
   <si>
+    <t>431</t>
+  </si>
+  <si>
+    <t>Deinha da Demarcação</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A REALIZAÇÃO DE CAMPANHAS MENSAIS NO ÂMBITO DO SERVIÇO AUTÔNOMO DE ÁGUA E ESGOTO – SAAE, DESTINADA A CONSUMIDORES ADIMPLENTES, COM SORTEIO DE CAIXAS D’ÁGUA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>432</t>
+  </si>
+  <si>
+    <t>Institui o Programa Municipal "Defesa e Autoconfiança" - aulas de artes marciais nas escolas da Rede Municipal de Ensino de Amaraji, voltadas aos alunos do 5º ao 9.º ano, com prioridade para meninas e adolescentes, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>434</t>
+  </si>
+  <si>
+    <t>Ementa: Dispõe sobre a denominação do Mercado Público Municipal de Amaraji, que passará a se chamar "Mercado Público Municipal Álvaro Soares_x000D_
+de Melo", e dá outras providências.</t>
+  </si>
+  <si>
     <t>351</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda a Lei Orgânica</t>
   </si>
   <si>
     <t>https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/351/no_01.2025.pdf</t>
   </si>
   <si>
     <t>ESTABELECE NOVAS REGRAS PARA O REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DO MUNICÍPIO DE AMARAJI/PE, EM CONFORMIDADE COM A EMENDA CONSTITUCIONAL FEDERAL Nº 103/2019.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>Deinha da Demarcação</t>
+    <t>https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/377/parecer_previo_aline_gouveia_2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRESTAÇÃO DE CONTAS DO MUNICÍPIO DE AMARAJI/PE, CONCERNENTE AO EXERCÍCIO FINANCEIRO DE 2021 ( PREFEITA ALINE DE ANDRADE GOUVEIA)</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/215/no01.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa e ao Exmo. Prefeito Flaucio Araújo Guimarães,  emendas junto aos deputados para reconstrução de pontes para os assentamentos do município de Amaraji-PE.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/216/no_02.pdf</t>
   </si>
@@ -1056,89 +1163,77 @@
   <si>
     <t>Reconstrução da ponte na estrada principal que liga o Distrito de Demarcação ao município de Ribeirão .</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/263/requerimento_no_32_.2025_pdf.pdf</t>
   </si>
   <si>
     <t>Solicitação da realização de um Projeto Social com o objetivo de Proporcionar serviços essenciais à população do Distrito de Demarcação, promovendo cidadania ,saúde e bem estar.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/278/requerimento_no_033.2025__ricardo.pdf</t>
   </si>
   <si>
     <t>SOLICITA A RENOVAÇÃO DOS COLETES DE IDENTIFICAÇÃO DOS MOTOS TAXISTAS QUE ATUAM NO MUNICÍPIO DE AMARAJI.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>34</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/279/requerimento_no_034.2025__ricardo.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES DETALHADAS ACERCA DA APLICAÇÃO E DESTINAÇÃO DOS RECURSOS ORIUNDOS DOS PRECATÓRIOS DO ANTIGO FUNDEF, RECEBIDOS PELO MUNICÍPIO DE AMARAJI.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>35</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/280/requerimento_no_035.2025__maria.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO, AO SECRETARIO DE INFRAESTRUTURA E O SECRETARIO DE AGRICULTURA A REABERTURA, RECUPERAÇÃO E PIÇARRAMENTO DA ESTRADA QUE DÁ ACESSO AO ENGENHO TEIMOSO, INDO PELO ENGENHO PONTA DE PAU.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>36</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/281/requerimento_no_036.2025__maria.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO SR. PREFEITO E AO SECRETARIO DE INFRAESTRUTURA QUE SEJA REALIZADA A TROCA DE LÂMPADAS, REPAROS E INSTALAÇÕES DE NOVOS KITS DE ILUMINAÇÃ, NO ASSENTAMENTO RINOCERONTE, NO ENGENHO PRATA GRANDE E NAS DEMAIS COMUNIDADES RURAIS.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>37</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/282/requerimento_no_037.2025__maria.pdf</t>
   </si>
   <si>
     <t>SOLICITO QUE SEJA ENVIADO UM OFÍCIO A EXMA. GOVERNADORA RAQUEL LIRA PARA A CONCLUSÃO DA PE 58 QUE LIGA AMARAJI, CHÃ GRANDE E POMBOS, FALTANDO UM TRCHO PEQUENO PARA CONCLUIR A OBRA.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/283/requerimento_no038.2025_deivide.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO SR. PREFEITO E AO SECRETARIO DE INFRAESTRUTURA QUE SEJA REALIZADA A RECUPERAÇÃO DO CALÇAMENTO DE ACESSO AO BAIRRO RECANTO DOS PÁSSAROS.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/284/requerimento_no039.2025_deivide.pdf</t>
@@ -1536,50 +1631,134 @@
   <si>
     <t>75</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO A CONTRUÇÃO DE UM CAMPO DE FUTEBOL NO BAIRRO ALTO DA BENÇÃO, APROVEITANDO O ESPAÇO EXISTENTE.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO EM CONJUNTO COM A SECRETARIA DE AGRICULTURA A CONSTRUÇÃO DE UMA BUEIRA NO ASSENTAMENTO ESTIVAS, SENTIDO VOLTA DAS COBRAS.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>SOLICITA AO GABINETE DO DEPUTADO ESTADUAL ABIMAEL SANTOS, QUE INTERCEDA A EXMA. SENHORA GOVERNADORA DO ESTADO RAQUEL LYRA, O RECAPEAMENTO ASFÁLTICO DA PE-63, NO TRECHO QUE CORRESPONDE À AVENIDA AIRTON SENA, EM AMARAJI-PE.</t>
   </si>
   <si>
+    <t>404</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/404/requerimento_no_78.2025__julia_.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITA A PREFEITURA MUNICIPAL DE AMARAJI A REALIZAÇÃO DAS DEVIDAS REQUALIFICAÇÕES E MELHORIAS ESTRUTURAIS NO MERCADO PÚBLICO MUNICIPAL, LOCALIZADO NO CENTRO DA CIDADE.</t>
+  </si>
+  <si>
+    <t>405</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>SOLICITA AO PODER EXECUTIVO A ILUMINAÇÃO NAS SEDES RURAIS, MANUTENÇÃO PREVENTIVADA REDE, SUBSTITUIÇÃO DE LÂMPADAS QUEIMADAS, CONFORME A NECESSIDADE IDENTIFICADA EM CADA SEDE.</t>
+  </si>
+  <si>
+    <t>406</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>SOLICITA AO EXMO. SR. PREFEITO A REFORMA DA PRAÇA DA BANDEIRA, INCLUINDO A INSTALAÇÃO DE APARELHOS PARA EXERCÍCIOS FÍSICOS.</t>
+  </si>
+  <si>
+    <t>407</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>SOLICITA AO PODER EXECUTIVO A CRIAÇÃO DE UM CENTRO DE SAÚDE ANIMAL, COM ATENDIMENTOS CIRÚRGICOS E CLÍNICOS.</t>
+  </si>
+  <si>
+    <t>408</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>SOLICITA AO SR. PREFEITO FLÁUCIO ARAÚJO UMA REFORMA NO PORTAL DA CIDADE, INCLUINDO O NOME DA CIDADE, O MESMO SE ENCONTRA EM PÉSSIMAS CONDIÇOES.</t>
+  </si>
+  <si>
+    <t>409</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>SOLICITA AO PODER EXECUTIVO , A SECRETARIA DE INFRAESTRUTURA  E AGRICULTURA, QUE SEJA REALIZADA A RECONSTRUÇÃO DE UMA BUEIRA NO ENGENHO QUARESMA .</t>
+  </si>
+  <si>
+    <t>410</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>SOLICITANDO AO PODER EXECUTIVO MEDIDAS URGENTES RELACIONADAS AOS CÃES EM SITUAÇÃO DE RUA EM NOSSO MUNÍCIPIO.</t>
+  </si>
+  <si>
+    <t>411</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>SOLICITA AO PODER EXECUTIVO A REVITALIZAÇÃO DE TODAS AS PRAÇAS PÚBLICAS DO NOSSO MUNÍCIPIO.</t>
+  </si>
+  <si>
+    <t>426</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>SOLICITAÇÃO DE INFORMAÇÕES SOBRE ALUGUÉIS DE VEÍCULOS E IMÓVEIS.</t>
+  </si>
+  <si>
     <t>212</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Dispõe sobre os dias e horários de realização das sessões ordinárias desta Câmara Municipal de Vereadores, altera o art.3º da resolução 002/2009 e dá outras providências.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/232/voto_de_aplausos_julia_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de voto de Aplauso a secretária de Agricultura, sobre os serviços ja  prestados a Zona Rural do nosso município.</t>
@@ -1776,126 +1955,237 @@
   <si>
     <t>https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/367/voto_de_aplausos_no_023.2025__eliseu_.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS À IGREJA ASSEMBLÉIA DE DEUS PELOS SEUS 85 ANOS DE EXISTÊNCIA NO MUNICÍPIO DE AMARAJI.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS AO SERVIDORES DESTA CASA LEGISLATIVA OSVALDO SILVA FABRÍCIO E JOSÉ ROBERTO PEIXOTO DA SILVA PELOS 36 ANOS DE SERVIÇO PRESTADO.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS AO SECRETÁRIO DE AGRICULTURA  RIANDERSON SERPA E TODA SUA EQUIPE PELO SERVIÇO PRESTADO A POPULAÇÃO NA ZONA RURAL E PELA PARTICIPAÇÃO NAS REUNIÕES DAS ASSOCIAÇÕES.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS AO SENHOR JOSÉ CLÁUDIO  NASCIMENTO VIRGÍNIO, COORDENADOR DO CENTRO INTEGRAL DE REABILITAÇÃO - CIR E TODA EQUIPE PELO RELEVANTE SERVIÇO PRESTADO À POPULAÇÃO DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
+    <t>427</t>
+  </si>
+  <si>
+    <t>VOTO DE APLAUSOS AO PROFESSOR DE DANÇA WELLINGTON MILHARES PELO SEU RELEVANTE SERVIÇO PRESTADO PROMOVENDO IMPACTO SOCIAL AOS AMARAJIENSES.</t>
+  </si>
+  <si>
     <t>264</t>
   </si>
   <si>
     <t>Parecer das Comissões</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS, ORÇAMENTO E TOMADAS DE CONTAS</t>
   </si>
   <si>
     <t>https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/264/parecer_conjunto_no_002.2025.pdf</t>
   </si>
   <si>
     <t>Parecer conjunto do Jurídico sobre o projeto de lei do Executivo nº 002/2025.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/265/parecer_conjunto_no_002.2025.pdf</t>
   </si>
   <si>
     <t>EMENTA: Regulamenta e fixa o vencimento dos Agentes Comunitários de Saúde (ACS) e dos Agentes de Combate as Endemias (ACE) do Município de Amaraji, em conformidade com a Emenda Constitucional nº 120/2022 e o Decreto Federal nº 12.342/2024 e dá outras providências.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>ATAEX</t>
   </si>
   <si>
     <t>Ata das Sessões Extraordinárias</t>
   </si>
   <si>
     <t>ATA DA 1ª SESSÃO EXTRAORDINÁRIA.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>ATA DA 2ª SESSÃO EXTRAORDINÁRIA.</t>
   </si>
   <si>
+    <t>430</t>
+  </si>
+  <si>
+    <t>ATA 3ª SESSÃO EXTRAORDINÁRIA.</t>
+  </si>
+  <si>
     <t>325</t>
   </si>
   <si>
     <t>DPP</t>
   </si>
   <si>
     <t>Dispensa de Parecer</t>
   </si>
   <si>
     <t>Dispensa do Parecer referente ao Projeto de Lei do Executivo N°14/2025</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>DISPENSA DE PARECER DO PROJETO DO EXECUTIVO Nº 024/2025.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>DISPENSA DE PARECER DO PROJETO DO EXECUTIVO Nº 28/2025.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>DISPENSA DE PARECER DO PROJETO DO EXECUTIVO Nº 29/2025.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>DISPENSA DO PARECER DO PROJETO DO EXECUTIVO Nº 30/2025.</t>
+  </si>
+  <si>
+    <t>413</t>
+  </si>
+  <si>
+    <t>DISPENSA DO PARECER DO PROJETO DO EXECUTIVO Nº 35/2025.</t>
+  </si>
+  <si>
+    <t>414</t>
+  </si>
+  <si>
+    <t>DISPENSA DE PARECER DO PROJETO DO EXECUTIVO Nº 33/2025.</t>
+  </si>
+  <si>
+    <t>417</t>
+  </si>
+  <si>
+    <t>RESX</t>
+  </si>
+  <si>
+    <t>Resposta do Executivo</t>
+  </si>
+  <si>
+    <t>https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/417/resposta_do_requerimento_no_76.2025.pdf</t>
+  </si>
+  <si>
+    <t>RESPOSTA DO EXECUTIVO REFERENTE AO REQUERIMENTO Nº 076/2025, DE AUTORIA DO VEREADOR RICARDO DE PIMPÃO.</t>
+  </si>
+  <si>
+    <t>418</t>
+  </si>
+  <si>
+    <t>https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/418/resposta_do_requerimento_no_75.2025.pdf</t>
+  </si>
+  <si>
+    <t>RESPOSTA DO EXECUTIVO REFERENTE AO REQUERIMENTO Nº 075/2025 DO VEREADOR RICARDO DE PIMPÃO.</t>
+  </si>
+  <si>
+    <t>419</t>
+  </si>
+  <si>
+    <t>https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/419/resposta_do_requerimento_no_74.2025.pdf</t>
+  </si>
+  <si>
+    <t>RESPOSTA DO EXECUTIVO REFERENTE AO REQUERIMENTO Nº 074/2025 DE AUTORIA DA VEREADORA MARIA DA AGRICULTURA.</t>
+  </si>
+  <si>
+    <t>420</t>
+  </si>
+  <si>
+    <t>https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/420/resposta_do_requerimento_no_72.2025.pdf</t>
+  </si>
+  <si>
+    <t>RESPOSTA DO EXECUTIVO REFERENTE AO REQUERIMENTO Nº 072/2025 DE AUTORIA DO VEREADOR DEIVIDE DIOGÉNES.</t>
+  </si>
+  <si>
+    <t>421</t>
+  </si>
+  <si>
+    <t>https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/421/resposta_do_requerimento_no_71.2025.pdf</t>
+  </si>
+  <si>
+    <t>RESPOSTA DO EXECUTIVO REFERENTE AO REQUERIMENTO Nº 071/2025 DE AUTORIA DA VEREADORA MARIA DA AGRICULTURA.</t>
+  </si>
+  <si>
+    <t>422</t>
+  </si>
+  <si>
+    <t>https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/422/resposta_do_requerimento_no_70.2025.pdf</t>
+  </si>
+  <si>
+    <t>RESPOSTA DO EXECUTIVO REFERENTE AO REQUERIMENTO Nº 070/2025 DE AUTORIA DA VEREADORA MARIA DA AGRICULTURA.</t>
+  </si>
+  <si>
+    <t>423</t>
+  </si>
+  <si>
+    <t>https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/423/resposta_do_requerimento_no_69.2025.pdf</t>
+  </si>
+  <si>
+    <t>RESPOSTA DO EXECUTIVO REFERENTE AO REQUERIMENTO Nº 069/2025 DE AUTORIA DA VEREADORA MARIA DA AGRICULTURA.</t>
+  </si>
+  <si>
+    <t>424</t>
+  </si>
+  <si>
+    <t>https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/424/resposta_do_requerimento_no_68.2025.pdf</t>
+  </si>
+  <si>
+    <t>RESPOSTA DO EXECUTIVO REFERENTE AO REQUERIMENTO Nº 068/2025 DE AUTORIA DA VEREADORA MARIA DA AGRICULTURA.</t>
+  </si>
+  <si>
+    <t>425</t>
+  </si>
+  <si>
+    <t>https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/425/resposta_rh__referente_ao_oficio_no_79.2025.pdf</t>
+  </si>
+  <si>
+    <t>RESPOSTA DO EXECUTIVO REFERENTE AO OFÍCIO Nº 079/2025 SOLICITADO PELO PARLAMENTAR EDSON GERSINO.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -2199,56 +2489,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/221/ata_1_reuniao_.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/235/ata_2_reuniao_.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/239/ata_3a_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/241/ata_4o_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/256/ata_5a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/269/ata_6a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/266/ata_7a_sessao_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/268/ata_8a_sessao_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/270/ata_9a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/289/ata_10a_sessao_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/305/ata_11a_sessao_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/320/ata_12a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/332/ata_13a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/355/ata_15a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/238/parecer_no01_de_2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/213/ilovepdf_merged_1.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/249/projeto_de_lei_do_executivo_no_2_com_o_paracer_pdf.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/250/projeto_de_lei_executivo_no_03.2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/251/projeto_de_lei_executivo_no_04.2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/267/projeto_de_lei_executivo_no_005.2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/276/projeto_de_lei_executivo_no_006.2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/277/projeto_de_lei_no_007.2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/306/projeto_de_lei_executivo_no008._2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/307/projeto_de_lei_executivo_no009._2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/308/projeto_de_lei_executivo_no010._2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/309/projeto_de_lei_executivo_no_011.2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/310/projeto_de_lei_executivo_no_012.2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/311/projeto_de_lei_executivo_no_013.2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/323/projeto_de_lei_executivo_no_014.2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/324/projeto_de_lei_executivo_no_015.2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/327/projeto_de_lei_executivo_no_017.2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/328/projeto_delei_executivo_no_018.2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/330/projeto_de_lei_executivo_no_019.2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/344/projeto_do_executivo_021.2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/354/projeto_de_lei_executivo_no_022.2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/361/projeto_de_lei_executivo_no_023.2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/362/projeto_de_lei_executivo_no_024.2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/363/projeto_de_lei_executivo_no_025.2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/364/projeto_de_lei_executivo_no_026.2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/397/projeto_do_executivo_no_33.2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/214/camscanner_07-02-2025_10.20_1.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/248/projeto_legislativo_no_02.2025__edson.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/287/projeto__lei_do_legislativo_no_003.2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/313/projeto_legislativo_04.2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/314/projeto_legislativo_05.2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/315/projeto_de_lei_legislativo_no_06.2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/357/projeto_legislativo_no_08.2025__julia_e_maria.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/351/no_01.2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/215/no01.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/216/no_02.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/217/no03.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/218/no_04.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/219/n_o05.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/220/casa_plinio_alves_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/228/deivide_07.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/223/requerimento_.08.novo_de_ricardo_de_pimpao.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/224/ricardo_09.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/225/ricardo_10.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/226/ricardo_11.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/227/maria_12.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/229/maria_13.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/231/maria_14.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/233/maria_15_1.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/234/maria_16.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/230/deivide_17.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/243/requerimento_._18.2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/242/requerimento_._19.2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/244/requerimento_no20.2025_eliseu.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/252/requerimento_._21.2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/253/requerimento_._22.2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/254/requerimento_._23.2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/255/requerimento_._24.2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/257/requerimento_no_25.2025_pdf.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/258/requerimento_no_26.2025_pdf.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/259/requerimento_no_27.2025_pdf.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/260/requerimento_no_28.2025_pdf.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/261/requerimento_no_29_.2025_pdf.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/262/requerimento_no_30_.2025_pdf.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/263/requerimento_no_32_.2025_pdf.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/278/requerimento_no_033.2025__ricardo.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/279/requerimento_no_034.2025__ricardo.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/280/requerimento_no_035.2025__maria.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/281/requerimento_no_036.2025__maria.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/282/requerimento_no_037.2025__maria.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/283/requerimento_no038.2025_deivide.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/284/requerimento_no039.2025_deivide.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/285/requerimento_no040.2025_evandro.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/286/requerimento_no041.2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/292/requerimento_042.2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/293/requerimento_043.2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/294/requerimento_044.2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/295/requerimento_045.2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/296/requerimento_046.2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/297/requerimento_047.2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/298/requerimento_048.2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/299/requerimento_049.2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/300/requerimento_050.2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/301/requerimento_051.2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/312/requerimento_no_052.2025_ricardo.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/336/requerimento_no_053.2025__deinha.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/337/requerimento_no_054.2025__deinha.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/338/requerimento_no_055.2025__maria_.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/339/requerimento_no_056.2025__evandro.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/340/requerimento_no_057.2025__evandro.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/341/requerimento_no_058.2025__deda.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/342/requerimento_no_059.2025__deda.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/232/voto_de_aplausos_julia_.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/236/camscanner_17-02-2025_15.11.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/240/camara_municipal_de.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/245/voto_de_aplausos__eliseu.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/246/voto_de_aplausos__evandro_cleiton.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/247/voto_de_aplausos__evandro__2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/271/voto_de_aplausos__nino_viagem.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/272/voto_de_aplausos_projeto_da_pascoa__maria_pdf.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/273/mocao_de_pesar__maurizete_deinha_pdf.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/274/mocao_de_pesar__mariu_deinha_pdf.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/275/mocao_de_pesar__maurizete_julia_pdf.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/291/voto_de_aplusos__maria_atricon_2024.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/316/mocao_de_pesar_no_013.2025__severino_dias_edson.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/317/mocao_de_pesar__maria_jose_edson_no_014.2025_pdf.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/318/mocao_de_pesar_no_015.2025__amara_batista_edson.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/319/mocao_de_pesar_no_016.2025__advanilton_alves_deinha.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/321/mocao_de_pesar_no_017.2025__maria_lourdes_deinha.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/322/voto_de_aplausos_no_018.2025__eliseu_.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/333/voto_de_aplausos_no_019.2025__deinha.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/334/voto_de_aplausos_no_020.2025__deinha.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/353/voto_de_aplausos_no_021.2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/367/voto_de_aplausos_no_023.2025__eliseu_.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/264/parecer_conjunto_no_002.2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/265/parecer_conjunto_no_002.2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/221/ata_1_reuniao_.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/235/ata_2_reuniao_.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/239/ata_3a_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/241/ata_4o_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/256/ata_5a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/269/ata_6a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/266/ata_7a_sessao_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/268/ata_8a_sessao_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/270/ata_9a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/289/ata_10a_sessao_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/305/ata_11a_sessao_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/320/ata_12a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/332/ata_13a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/355/ata_15a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/238/parecer_no01_de_2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/213/ilovepdf_merged_1.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/249/projeto_de_lei_do_executivo_no_2_com_o_paracer_pdf.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/250/projeto_de_lei_executivo_no_03.2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/251/projeto_de_lei_executivo_no_04.2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/267/projeto_de_lei_executivo_no_005.2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/276/projeto_de_lei_executivo_no_006.2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/277/projeto_de_lei_no_007.2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/306/projeto_de_lei_executivo_no008._2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/307/projeto_de_lei_executivo_no009._2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/308/projeto_de_lei_executivo_no010._2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/309/projeto_de_lei_executivo_no_011.2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/310/projeto_de_lei_executivo_no_012.2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/311/projeto_de_lei_executivo_no_013.2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/323/projeto_de_lei_executivo_no_014.2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/324/projeto_de_lei_executivo_no_015.2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/327/projeto_de_lei_executivo_no_017.2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/328/projeto_delei_executivo_no_018.2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/330/projeto_de_lei_executivo_no_019.2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/344/projeto_do_executivo_021.2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/354/projeto_de_lei_executivo_no_022.2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/361/projeto_de_lei_executivo_no_023.2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/362/projeto_de_lei_executivo_no_024.2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/363/projeto_de_lei_executivo_no_025.2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/364/projeto_de_lei_executivo_no_026.2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/397/projeto_do_executivo_no_33.2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/401/projeto_de_lei_do_executivo_no_34.2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/402/projeto_de_lei_do_executivo_no_35.2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/403/projeto_de_lei_do_executivo_no_36.2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/415/projeto_de_lei_do_executivo_no_37.2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/214/camscanner_07-02-2025_10.20_1.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/248/projeto_legislativo_no_02.2025__edson.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/287/projeto__lei_do_legislativo_no_003.2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/313/projeto_legislativo_04.2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/314/projeto_legislativo_05.2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/315/projeto_de_lei_legislativo_no_06.2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/357/projeto_legislativo_no_08.2025__julia_e_maria.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/351/no_01.2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/377/parecer_previo_aline_gouveia_2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/215/no01.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/216/no_02.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/217/no03.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/218/no_04.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/219/n_o05.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/220/casa_plinio_alves_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/228/deivide_07.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/223/requerimento_.08.novo_de_ricardo_de_pimpao.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/224/ricardo_09.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/225/ricardo_10.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/226/ricardo_11.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/227/maria_12.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/229/maria_13.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/231/maria_14.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/233/maria_15_1.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/234/maria_16.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/230/deivide_17.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/243/requerimento_._18.2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/242/requerimento_._19.2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/244/requerimento_no20.2025_eliseu.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/252/requerimento_._21.2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/253/requerimento_._22.2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/254/requerimento_._23.2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/255/requerimento_._24.2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/257/requerimento_no_25.2025_pdf.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/258/requerimento_no_26.2025_pdf.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/259/requerimento_no_27.2025_pdf.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/260/requerimento_no_28.2025_pdf.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/261/requerimento_no_29_.2025_pdf.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/262/requerimento_no_30_.2025_pdf.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/263/requerimento_no_32_.2025_pdf.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/278/requerimento_no_033.2025__ricardo.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/279/requerimento_no_034.2025__ricardo.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/280/requerimento_no_035.2025__maria.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/281/requerimento_no_036.2025__maria.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/282/requerimento_no_037.2025__maria.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/283/requerimento_no038.2025_deivide.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/284/requerimento_no039.2025_deivide.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/285/requerimento_no040.2025_evandro.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/286/requerimento_no041.2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/292/requerimento_042.2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/293/requerimento_043.2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/294/requerimento_044.2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/295/requerimento_045.2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/296/requerimento_046.2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/297/requerimento_047.2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/298/requerimento_048.2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/299/requerimento_049.2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/300/requerimento_050.2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/301/requerimento_051.2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/312/requerimento_no_052.2025_ricardo.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/336/requerimento_no_053.2025__deinha.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/337/requerimento_no_054.2025__deinha.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/338/requerimento_no_055.2025__maria_.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/339/requerimento_no_056.2025__evandro.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/340/requerimento_no_057.2025__evandro.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/341/requerimento_no_058.2025__deda.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/342/requerimento_no_059.2025__deda.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/404/requerimento_no_78.2025__julia_.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/232/voto_de_aplausos_julia_.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/236/camscanner_17-02-2025_15.11.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/240/camara_municipal_de.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/245/voto_de_aplausos__eliseu.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/246/voto_de_aplausos__evandro_cleiton.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/247/voto_de_aplausos__evandro__2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/271/voto_de_aplausos__nino_viagem.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/272/voto_de_aplausos_projeto_da_pascoa__maria_pdf.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/273/mocao_de_pesar__maurizete_deinha_pdf.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/274/mocao_de_pesar__mariu_deinha_pdf.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/275/mocao_de_pesar__maurizete_julia_pdf.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/291/voto_de_aplusos__maria_atricon_2024.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/316/mocao_de_pesar_no_013.2025__severino_dias_edson.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/317/mocao_de_pesar__maria_jose_edson_no_014.2025_pdf.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/318/mocao_de_pesar_no_015.2025__amara_batista_edson.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/319/mocao_de_pesar_no_016.2025__advanilton_alves_deinha.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/321/mocao_de_pesar_no_017.2025__maria_lourdes_deinha.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/322/voto_de_aplausos_no_018.2025__eliseu_.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/333/voto_de_aplausos_no_019.2025__deinha.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/334/voto_de_aplausos_no_020.2025__deinha.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/353/voto_de_aplausos_no_021.2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/367/voto_de_aplausos_no_023.2025__eliseu_.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/264/parecer_conjunto_no_002.2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/265/parecer_conjunto_no_002.2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/417/resposta_do_requerimento_no_76.2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/418/resposta_do_requerimento_no_75.2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/419/resposta_do_requerimento_no_74.2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/420/resposta_do_requerimento_no_72.2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/421/resposta_do_requerimento_no_71.2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/422/resposta_do_requerimento_no_70.2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/423/resposta_do_requerimento_no_69.2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/424/resposta_do_requerimento_no_68.2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amaraji.pe.leg.br/media/sapl/public/materialegislativa/2025/425/resposta_rh__referente_ao_oficio_no_79.2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H179"/>
+  <dimension ref="A1:H214"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="61.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="125.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -2737,4095 +3027,4951 @@
       </c>
       <c r="C22" t="s">
         <v>87</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
         <v>12</v>
       </c>
       <c r="G22" s="1" t="s">
         <v>65</v>
       </c>
       <c r="H22" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>89</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>10</v>
+        <v>90</v>
       </c>
       <c r="D23" t="s">
-        <v>90</v>
+        <v>11</v>
       </c>
       <c r="E23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="H23" t="s">
         <v>91</v>
-      </c>
-[...4 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
+        <v>92</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>93</v>
+      </c>
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="H24" t="s">
         <v>94</v>
-      </c>
-[...19 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>16</v>
+        <v>96</v>
       </c>
       <c r="D25" t="s">
-        <v>95</v>
+        <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="H25" t="s">
         <v>97</v>
-      </c>
-[...4 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>20</v>
+        <v>99</v>
       </c>
       <c r="D26" t="s">
-        <v>95</v>
+        <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>97</v>
+        <v>12</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>104</v>
+        <v>65</v>
       </c>
       <c r="H26" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>24</v>
+        <v>102</v>
       </c>
       <c r="D27" t="s">
-        <v>95</v>
+        <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>97</v>
+        <v>12</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>107</v>
+        <v>65</v>
       </c>
       <c r="H27" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>28</v>
+        <v>105</v>
       </c>
       <c r="D28" t="s">
-        <v>95</v>
+        <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>97</v>
+        <v>12</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>110</v>
+        <v>65</v>
       </c>
       <c r="H28" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>95</v>
+        <v>108</v>
       </c>
       <c r="E29" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="H29" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
+        <v>112</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>10</v>
+      </c>
+      <c r="D30" t="s">
+        <v>113</v>
+      </c>
+      <c r="E30" t="s">
+        <v>114</v>
+      </c>
+      <c r="F30" t="s">
         <v>115</v>
-      </c>
-[...13 lines deleted...]
-        <v>97</v>
       </c>
       <c r="G30" s="1" t="s">
         <v>116</v>
       </c>
       <c r="H30" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>118</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="D31" t="s">
-        <v>95</v>
+        <v>113</v>
       </c>
       <c r="E31" t="s">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="F31" t="s">
-        <v>97</v>
+        <v>115</v>
       </c>
       <c r="G31" s="1" t="s">
         <v>119</v>
       </c>
       <c r="H31" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>121</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>44</v>
+        <v>20</v>
       </c>
       <c r="D32" t="s">
-        <v>95</v>
+        <v>113</v>
       </c>
       <c r="E32" t="s">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="F32" t="s">
-        <v>97</v>
+        <v>115</v>
       </c>
       <c r="G32" s="1" t="s">
         <v>122</v>
       </c>
       <c r="H32" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>124</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="D33" t="s">
-        <v>95</v>
+        <v>113</v>
       </c>
       <c r="E33" t="s">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="F33" t="s">
-        <v>97</v>
+        <v>115</v>
       </c>
       <c r="G33" s="1" t="s">
         <v>125</v>
       </c>
       <c r="H33" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>127</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>52</v>
+        <v>28</v>
       </c>
       <c r="D34" t="s">
-        <v>95</v>
+        <v>113</v>
       </c>
       <c r="E34" t="s">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="F34" t="s">
-        <v>97</v>
+        <v>115</v>
       </c>
       <c r="G34" s="1" t="s">
         <v>128</v>
       </c>
       <c r="H34" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>130</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="D35" t="s">
-        <v>95</v>
+        <v>113</v>
       </c>
       <c r="E35" t="s">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="F35" t="s">
-        <v>97</v>
+        <v>115</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>131</v>
       </c>
       <c r="H35" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>133</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="D36" t="s">
-        <v>95</v>
+        <v>113</v>
       </c>
       <c r="E36" t="s">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="F36" t="s">
-        <v>97</v>
+        <v>115</v>
       </c>
       <c r="G36" s="1" t="s">
         <v>134</v>
       </c>
       <c r="H36" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>136</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>64</v>
+        <v>40</v>
       </c>
       <c r="D37" t="s">
-        <v>95</v>
+        <v>113</v>
       </c>
       <c r="E37" t="s">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="F37" t="s">
-        <v>97</v>
+        <v>115</v>
       </c>
       <c r="G37" s="1" t="s">
         <v>137</v>
       </c>
       <c r="H37" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>139</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>68</v>
+        <v>44</v>
       </c>
       <c r="D38" t="s">
-        <v>95</v>
+        <v>113</v>
       </c>
       <c r="E38" t="s">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="F38" t="s">
-        <v>97</v>
+        <v>115</v>
       </c>
       <c r="G38" s="1" t="s">
         <v>140</v>
       </c>
       <c r="H38" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>142</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>72</v>
+        <v>48</v>
       </c>
       <c r="D39" t="s">
-        <v>95</v>
+        <v>113</v>
       </c>
       <c r="E39" t="s">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="F39" t="s">
-        <v>97</v>
+        <v>115</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>65</v>
+        <v>143</v>
       </c>
       <c r="H39" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>75</v>
+        <v>52</v>
       </c>
       <c r="D40" t="s">
-        <v>95</v>
+        <v>113</v>
       </c>
       <c r="E40" t="s">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="F40" t="s">
-        <v>97</v>
+        <v>115</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="H40" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>78</v>
+        <v>56</v>
       </c>
       <c r="D41" t="s">
-        <v>95</v>
+        <v>113</v>
       </c>
       <c r="E41" t="s">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="F41" t="s">
-        <v>97</v>
+        <v>115</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="H41" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>81</v>
+        <v>60</v>
       </c>
       <c r="D42" t="s">
-        <v>95</v>
+        <v>113</v>
       </c>
       <c r="E42" t="s">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="F42" t="s">
-        <v>97</v>
+        <v>115</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="H42" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>84</v>
+        <v>64</v>
       </c>
       <c r="D43" t="s">
-        <v>95</v>
+        <v>113</v>
       </c>
       <c r="E43" t="s">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="F43" t="s">
-        <v>97</v>
+        <v>115</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>65</v>
+        <v>155</v>
       </c>
       <c r="H43" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>87</v>
+        <v>68</v>
       </c>
       <c r="D44" t="s">
-        <v>95</v>
+        <v>113</v>
       </c>
       <c r="E44" t="s">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="F44" t="s">
-        <v>97</v>
+        <v>115</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="H44" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>159</v>
+        <v>72</v>
       </c>
       <c r="D45" t="s">
-        <v>95</v>
+        <v>113</v>
       </c>
       <c r="E45" t="s">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="F45" t="s">
-        <v>97</v>
+        <v>115</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>160</v>
+        <v>65</v>
       </c>
       <c r="H45" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>162</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
+        <v>75</v>
+      </c>
+      <c r="D46" t="s">
+        <v>113</v>
+      </c>
+      <c r="E46" t="s">
+        <v>114</v>
+      </c>
+      <c r="F46" t="s">
+        <v>115</v>
+      </c>
+      <c r="G46" s="1" t="s">
         <v>163</v>
       </c>
-      <c r="D46" t="s">
-[...8 lines deleted...]
-      <c r="G46" s="1" t="s">
+      <c r="H46" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
+        <v>165</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>78</v>
+      </c>
+      <c r="D47" t="s">
+        <v>113</v>
+      </c>
+      <c r="E47" t="s">
+        <v>114</v>
+      </c>
+      <c r="F47" t="s">
+        <v>115</v>
+      </c>
+      <c r="G47" s="1" t="s">
         <v>166</v>
       </c>
-      <c r="B47" t="s">
-[...2 lines deleted...]
-      <c r="C47" t="s">
+      <c r="H47" t="s">
         <v>167</v>
-      </c>
-[...13 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
+        <v>168</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>81</v>
+      </c>
+      <c r="D48" t="s">
+        <v>113</v>
+      </c>
+      <c r="E48" t="s">
+        <v>114</v>
+      </c>
+      <c r="F48" t="s">
+        <v>115</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="H48" t="s">
         <v>170</v>
-      </c>
-[...19 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>175</v>
+        <v>84</v>
       </c>
       <c r="D49" t="s">
-        <v>95</v>
+        <v>113</v>
       </c>
       <c r="E49" t="s">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="F49" t="s">
-        <v>97</v>
+        <v>115</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>176</v>
+        <v>65</v>
       </c>
       <c r="H49" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>179</v>
+        <v>87</v>
       </c>
       <c r="D50" t="s">
-        <v>95</v>
+        <v>113</v>
       </c>
       <c r="E50" t="s">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="F50" t="s">
-        <v>97</v>
+        <v>115</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>65</v>
+        <v>174</v>
       </c>
       <c r="H50" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>181</v>
+        <v>176</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>182</v>
+        <v>90</v>
       </c>
       <c r="D51" t="s">
-        <v>95</v>
+        <v>113</v>
       </c>
       <c r="E51" t="s">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="F51" t="s">
-        <v>97</v>
+        <v>115</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>65</v>
+        <v>177</v>
       </c>
       <c r="H51" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>185</v>
+        <v>93</v>
       </c>
       <c r="D52" t="s">
-        <v>95</v>
+        <v>113</v>
       </c>
       <c r="E52" t="s">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="F52" t="s">
-        <v>97</v>
+        <v>115</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>65</v>
+        <v>180</v>
       </c>
       <c r="H52" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>188</v>
+        <v>96</v>
       </c>
       <c r="D53" t="s">
-        <v>95</v>
+        <v>113</v>
       </c>
       <c r="E53" t="s">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="F53" t="s">
-        <v>97</v>
+        <v>115</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>65</v>
+        <v>183</v>
       </c>
       <c r="H53" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>191</v>
+        <v>99</v>
       </c>
       <c r="D54" t="s">
-        <v>95</v>
+        <v>113</v>
       </c>
       <c r="E54" t="s">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="F54" t="s">
-        <v>97</v>
+        <v>115</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>65</v>
+        <v>186</v>
       </c>
       <c r="H54" t="s">
-        <v>192</v>
+        <v>187</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>194</v>
+        <v>102</v>
       </c>
       <c r="D55" t="s">
-        <v>95</v>
+        <v>113</v>
       </c>
       <c r="E55" t="s">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="F55" t="s">
-        <v>97</v>
+        <v>115</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>65</v>
+        <v>189</v>
       </c>
       <c r="H55" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>197</v>
+        <v>105</v>
       </c>
       <c r="D56" t="s">
-        <v>95</v>
+        <v>113</v>
       </c>
       <c r="E56" t="s">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="F56" t="s">
-        <v>97</v>
+        <v>115</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>198</v>
+        <v>65</v>
       </c>
       <c r="H56" t="s">
-        <v>199</v>
+        <v>192</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>200</v>
+        <v>193</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>10</v>
+        <v>194</v>
       </c>
       <c r="D57" t="s">
-        <v>201</v>
+        <v>113</v>
       </c>
       <c r="E57" t="s">
-        <v>202</v>
+        <v>114</v>
       </c>
       <c r="F57" t="s">
-        <v>203</v>
+        <v>115</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>204</v>
+        <v>65</v>
       </c>
       <c r="H57" t="s">
-        <v>205</v>
+        <v>195</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>206</v>
+        <v>196</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>16</v>
+        <v>197</v>
       </c>
       <c r="D58" t="s">
-        <v>201</v>
+        <v>113</v>
       </c>
       <c r="E58" t="s">
-        <v>202</v>
+        <v>114</v>
       </c>
       <c r="F58" t="s">
-        <v>207</v>
+        <v>115</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>208</v>
+        <v>65</v>
       </c>
       <c r="H58" t="s">
-        <v>209</v>
+        <v>198</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>210</v>
+        <v>199</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="D59" t="s">
+        <v>113</v>
+      </c>
+      <c r="E59" t="s">
+        <v>114</v>
+      </c>
+      <c r="F59" t="s">
+        <v>115</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="H59" t="s">
         <v>201</v>
-      </c>
-[...10 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>214</v>
+        <v>202</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>24</v>
+        <v>203</v>
       </c>
       <c r="D60" t="s">
-        <v>201</v>
+        <v>113</v>
       </c>
       <c r="E60" t="s">
-        <v>202</v>
+        <v>114</v>
       </c>
       <c r="F60" t="s">
-        <v>203</v>
+        <v>115</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>215</v>
+        <v>65</v>
       </c>
       <c r="H60" t="s">
-        <v>216</v>
+        <v>204</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>217</v>
+        <v>205</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>28</v>
+        <v>206</v>
       </c>
       <c r="D61" t="s">
-        <v>201</v>
+        <v>113</v>
       </c>
       <c r="E61" t="s">
-        <v>202</v>
+        <v>114</v>
       </c>
       <c r="F61" t="s">
+        <v>115</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="H61" t="s">
         <v>207</v>
-      </c>
-[...4 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>220</v>
+        <v>208</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>32</v>
+        <v>209</v>
       </c>
       <c r="D62" t="s">
-        <v>201</v>
+        <v>113</v>
       </c>
       <c r="E62" t="s">
-        <v>202</v>
+        <v>114</v>
       </c>
       <c r="F62" t="s">
-        <v>221</v>
+        <v>115</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>222</v>
+        <v>210</v>
       </c>
       <c r="H62" t="s">
-        <v>223</v>
+        <v>211</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>224</v>
+        <v>212</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>36</v>
+        <v>213</v>
       </c>
       <c r="D63" t="s">
-        <v>201</v>
+        <v>113</v>
       </c>
       <c r="E63" t="s">
-        <v>202</v>
+        <v>114</v>
       </c>
       <c r="F63" t="s">
-        <v>225</v>
+        <v>115</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>65</v>
+        <v>214</v>
       </c>
       <c r="H63" t="s">
-        <v>226</v>
+        <v>215</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>227</v>
+        <v>216</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>40</v>
+        <v>217</v>
       </c>
       <c r="D64" t="s">
-        <v>201</v>
+        <v>113</v>
       </c>
       <c r="E64" t="s">
-        <v>202</v>
+        <v>114</v>
       </c>
       <c r="F64" t="s">
-        <v>228</v>
+        <v>115</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>229</v>
+        <v>218</v>
       </c>
       <c r="H64" t="s">
-        <v>230</v>
+        <v>219</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>231</v>
+        <v>220</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>44</v>
+        <v>221</v>
       </c>
       <c r="D65" t="s">
-        <v>201</v>
+        <v>113</v>
       </c>
       <c r="E65" t="s">
-        <v>202</v>
+        <v>114</v>
       </c>
       <c r="F65" t="s">
-        <v>232</v>
+        <v>115</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>65</v>
+        <v>222</v>
       </c>
       <c r="H65" t="s">
-        <v>233</v>
+        <v>223</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>234</v>
+        <v>224</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>10</v>
+        <v>225</v>
       </c>
       <c r="D66" t="s">
-        <v>235</v>
+        <v>113</v>
       </c>
       <c r="E66" t="s">
-        <v>236</v>
+        <v>114</v>
       </c>
       <c r="F66" t="s">
-        <v>97</v>
+        <v>115</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>237</v>
+        <v>226</v>
       </c>
       <c r="H66" t="s">
-        <v>238</v>
+        <v>227</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>239</v>
+        <v>228</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>240</v>
+        <v>229</v>
       </c>
       <c r="E67" t="s">
-        <v>241</v>
+        <v>230</v>
       </c>
       <c r="F67" t="s">
-        <v>242</v>
+        <v>231</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>65</v>
+        <v>232</v>
       </c>
       <c r="H67" t="s">
-        <v>243</v>
+        <v>233</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>244</v>
+        <v>234</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="D68" t="s">
-        <v>245</v>
+        <v>229</v>
       </c>
       <c r="E68" t="s">
-        <v>246</v>
+        <v>230</v>
       </c>
       <c r="F68" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>247</v>
+        <v>236</v>
       </c>
       <c r="H68" t="s">
-        <v>248</v>
+        <v>237</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>249</v>
+        <v>238</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D69" t="s">
-        <v>245</v>
+        <v>229</v>
       </c>
       <c r="E69" t="s">
-        <v>246</v>
+        <v>230</v>
       </c>
       <c r="F69" t="s">
-        <v>232</v>
+        <v>239</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>250</v>
+        <v>240</v>
       </c>
       <c r="H69" t="s">
-        <v>251</v>
+        <v>241</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>252</v>
+        <v>242</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="D70" t="s">
-        <v>245</v>
+        <v>229</v>
       </c>
       <c r="E70" t="s">
-        <v>246</v>
+        <v>230</v>
       </c>
       <c r="F70" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>253</v>
+        <v>243</v>
       </c>
       <c r="H70" t="s">
-        <v>254</v>
+        <v>244</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>255</v>
+        <v>245</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="D71" t="s">
-        <v>245</v>
+        <v>229</v>
       </c>
       <c r="E71" t="s">
+        <v>230</v>
+      </c>
+      <c r="F71" t="s">
+        <v>235</v>
+      </c>
+      <c r="G71" s="1" t="s">
         <v>246</v>
       </c>
-      <c r="F71" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H71" t="s">
-        <v>257</v>
+        <v>247</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>258</v>
+        <v>248</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="D72" t="s">
-        <v>245</v>
+        <v>229</v>
       </c>
       <c r="E72" t="s">
-        <v>246</v>
+        <v>230</v>
       </c>
       <c r="F72" t="s">
-        <v>232</v>
+        <v>249</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>259</v>
+        <v>250</v>
       </c>
       <c r="H72" t="s">
-        <v>260</v>
+        <v>251</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>261</v>
+        <v>252</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="D73" t="s">
-        <v>245</v>
+        <v>229</v>
       </c>
       <c r="E73" t="s">
-        <v>246</v>
+        <v>230</v>
       </c>
       <c r="F73" t="s">
-        <v>262</v>
+        <v>253</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>263</v>
+        <v>65</v>
       </c>
       <c r="H73" t="s">
-        <v>264</v>
+        <v>254</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>265</v>
+        <v>255</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="D74" t="s">
-        <v>245</v>
+        <v>229</v>
       </c>
       <c r="E74" t="s">
-        <v>246</v>
+        <v>230</v>
       </c>
       <c r="F74" t="s">
-        <v>262</v>
+        <v>256</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>266</v>
+        <v>257</v>
       </c>
       <c r="H74" t="s">
-        <v>267</v>
+        <v>258</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>268</v>
+        <v>259</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="D75" t="s">
-        <v>245</v>
+        <v>229</v>
       </c>
       <c r="E75" t="s">
-        <v>246</v>
+        <v>230</v>
       </c>
       <c r="F75" t="s">
-        <v>269</v>
+        <v>260</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>270</v>
+        <v>65</v>
       </c>
       <c r="H75" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>272</v>
+        <v>262</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="D76" t="s">
-        <v>245</v>
+        <v>229</v>
       </c>
       <c r="E76" t="s">
-        <v>246</v>
+        <v>230</v>
       </c>
       <c r="F76" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>273</v>
+        <v>65</v>
       </c>
       <c r="H76" t="s">
-        <v>274</v>
+        <v>264</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>275</v>
+        <v>265</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="D77" t="s">
-        <v>245</v>
+        <v>229</v>
       </c>
       <c r="E77" t="s">
-        <v>246</v>
+        <v>230</v>
       </c>
       <c r="F77" t="s">
-        <v>269</v>
+        <v>231</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>276</v>
+        <v>65</v>
       </c>
       <c r="H77" t="s">
-        <v>277</v>
+        <v>266</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>278</v>
+        <v>267</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="D78" t="s">
-        <v>245</v>
+        <v>229</v>
       </c>
       <c r="E78" t="s">
-        <v>246</v>
+        <v>230</v>
       </c>
       <c r="F78" t="s">
-        <v>269</v>
+        <v>231</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>279</v>
+        <v>65</v>
       </c>
       <c r="H78" t="s">
-        <v>280</v>
+        <v>268</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>281</v>
+        <v>269</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>56</v>
+        <v>10</v>
       </c>
       <c r="D79" t="s">
-        <v>245</v>
+        <v>270</v>
       </c>
       <c r="E79" t="s">
-        <v>246</v>
+        <v>271</v>
       </c>
       <c r="F79" t="s">
-        <v>232</v>
+        <v>115</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>282</v>
+        <v>272</v>
       </c>
       <c r="H79" t="s">
-        <v>283</v>
+        <v>273</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>284</v>
+        <v>274</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>60</v>
+        <v>16</v>
       </c>
       <c r="D80" t="s">
-        <v>245</v>
+        <v>275</v>
       </c>
       <c r="E80" t="s">
-        <v>246</v>
+        <v>276</v>
       </c>
       <c r="F80" t="s">
-        <v>232</v>
+        <v>263</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>285</v>
+        <v>277</v>
       </c>
       <c r="H80" t="s">
-        <v>286</v>
+        <v>278</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>287</v>
+        <v>279</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>64</v>
+        <v>10</v>
       </c>
       <c r="D81" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E81" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F81" t="s">
-        <v>232</v>
+        <v>260</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>288</v>
+        <v>282</v>
       </c>
       <c r="H81" t="s">
-        <v>289</v>
+        <v>283</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>290</v>
+        <v>284</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>68</v>
+        <v>16</v>
       </c>
       <c r="D82" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E82" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F82" t="s">
-        <v>232</v>
+        <v>260</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>291</v>
+        <v>285</v>
       </c>
       <c r="H82" t="s">
-        <v>292</v>
+        <v>286</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="D83" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E83" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F83" t="s">
-        <v>232</v>
+        <v>260</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>294</v>
+        <v>288</v>
       </c>
       <c r="H83" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>296</v>
+        <v>290</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>75</v>
+        <v>24</v>
       </c>
       <c r="D84" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E84" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F84" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>297</v>
+        <v>291</v>
       </c>
       <c r="H84" t="s">
-        <v>298</v>
+        <v>292</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>299</v>
+        <v>293</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>78</v>
+        <v>28</v>
       </c>
       <c r="D85" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E85" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F85" t="s">
-        <v>269</v>
+        <v>260</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>300</v>
+        <v>294</v>
       </c>
       <c r="H85" t="s">
-        <v>301</v>
+        <v>295</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>302</v>
+        <v>296</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>81</v>
+        <v>32</v>
       </c>
       <c r="D86" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E86" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F86" t="s">
-        <v>242</v>
+        <v>297</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>303</v>
+        <v>298</v>
       </c>
       <c r="H86" t="s">
-        <v>304</v>
+        <v>299</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>305</v>
+        <v>300</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>84</v>
+        <v>36</v>
       </c>
       <c r="D87" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E87" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F87" t="s">
-        <v>225</v>
+        <v>297</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>306</v>
+        <v>301</v>
       </c>
       <c r="H87" t="s">
-        <v>307</v>
+        <v>302</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>308</v>
+        <v>303</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>87</v>
+        <v>40</v>
       </c>
       <c r="D88" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E88" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F88" t="s">
-        <v>232</v>
+        <v>304</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="H88" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>159</v>
+        <v>44</v>
       </c>
       <c r="D89" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E89" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F89" t="s">
-        <v>232</v>
+        <v>304</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="H89" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>163</v>
+        <v>48</v>
       </c>
       <c r="D90" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E90" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F90" t="s">
-        <v>232</v>
+        <v>304</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="H90" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>167</v>
+        <v>52</v>
       </c>
       <c r="D91" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E91" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F91" t="s">
-        <v>232</v>
+        <v>304</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>318</v>
+        <v>314</v>
       </c>
       <c r="H91" t="s">
-        <v>319</v>
+        <v>315</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>171</v>
+        <v>56</v>
       </c>
       <c r="D92" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E92" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F92" t="s">
-        <v>232</v>
+        <v>260</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>321</v>
+        <v>317</v>
       </c>
       <c r="H92" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>323</v>
+        <v>319</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>175</v>
+        <v>60</v>
       </c>
       <c r="D93" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E93" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F93" t="s">
-        <v>242</v>
+        <v>260</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="H93" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>326</v>
+        <v>322</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>179</v>
+        <v>64</v>
       </c>
       <c r="D94" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E94" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F94" t="s">
-        <v>269</v>
+        <v>260</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>327</v>
+        <v>323</v>
       </c>
       <c r="H94" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>182</v>
+        <v>68</v>
       </c>
       <c r="D95" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E95" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F95" t="s">
-        <v>242</v>
+        <v>260</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="H95" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>185</v>
+        <v>72</v>
       </c>
       <c r="D96" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E96" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F96" t="s">
-        <v>225</v>
+        <v>260</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="H96" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>188</v>
+        <v>75</v>
       </c>
       <c r="D97" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E97" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F97" t="s">
-        <v>242</v>
+        <v>297</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>336</v>
+        <v>332</v>
       </c>
       <c r="H97" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>194</v>
+        <v>78</v>
       </c>
       <c r="D98" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E98" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F98" t="s">
-        <v>242</v>
+        <v>304</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>339</v>
+        <v>335</v>
       </c>
       <c r="H98" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>197</v>
+        <v>81</v>
       </c>
       <c r="D99" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E99" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F99" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="H99" t="s">
-        <v>343</v>
+        <v>339</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>344</v>
+        <v>340</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>345</v>
+        <v>84</v>
       </c>
       <c r="D100" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E100" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F100" t="s">
-        <v>269</v>
+        <v>253</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>346</v>
+        <v>341</v>
       </c>
       <c r="H100" t="s">
-        <v>347</v>
+        <v>342</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>348</v>
+        <v>343</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>349</v>
+        <v>87</v>
       </c>
       <c r="D101" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E101" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F101" t="s">
-        <v>232</v>
+        <v>260</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>350</v>
+        <v>344</v>
       </c>
       <c r="H101" t="s">
-        <v>351</v>
+        <v>345</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>352</v>
+        <v>346</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>353</v>
+        <v>90</v>
       </c>
       <c r="D102" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E102" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F102" t="s">
-        <v>232</v>
+        <v>260</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>354</v>
+        <v>347</v>
       </c>
       <c r="H102" t="s">
-        <v>355</v>
+        <v>348</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>356</v>
+        <v>349</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>357</v>
+        <v>93</v>
       </c>
       <c r="D103" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E103" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F103" t="s">
-        <v>232</v>
+        <v>260</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>358</v>
+        <v>350</v>
       </c>
       <c r="H103" t="s">
-        <v>359</v>
+        <v>351</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>360</v>
+        <v>352</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>361</v>
+        <v>96</v>
       </c>
       <c r="D104" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E104" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F104" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>362</v>
+        <v>353</v>
       </c>
       <c r="H104" t="s">
-        <v>363</v>
+        <v>354</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>364</v>
+        <v>355</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>365</v>
+        <v>99</v>
       </c>
       <c r="D105" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E105" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F105" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>366</v>
+        <v>356</v>
       </c>
       <c r="H105" t="s">
-        <v>367</v>
+        <v>357</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>368</v>
+        <v>358</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>369</v>
+        <v>102</v>
       </c>
       <c r="D106" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E106" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F106" t="s">
-        <v>370</v>
+        <v>263</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>371</v>
+        <v>359</v>
       </c>
       <c r="H106" t="s">
-        <v>372</v>
+        <v>360</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>373</v>
+        <v>361</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>374</v>
+        <v>105</v>
       </c>
       <c r="D107" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E107" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F107" t="s">
-        <v>370</v>
+        <v>304</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>375</v>
+        <v>362</v>
       </c>
       <c r="H107" t="s">
-        <v>376</v>
+        <v>363</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>377</v>
+        <v>364</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>378</v>
+        <v>194</v>
       </c>
       <c r="D108" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E108" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F108" t="s">
-        <v>203</v>
+        <v>263</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>379</v>
+        <v>365</v>
       </c>
       <c r="H108" t="s">
-        <v>380</v>
+        <v>366</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>381</v>
+        <v>367</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>382</v>
+        <v>197</v>
       </c>
       <c r="D109" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E109" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F109" t="s">
-        <v>203</v>
+        <v>253</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>383</v>
+        <v>368</v>
       </c>
       <c r="H109" t="s">
-        <v>384</v>
+        <v>369</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>385</v>
+        <v>370</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>386</v>
+        <v>200</v>
       </c>
       <c r="D110" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E110" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F110" t="s">
-        <v>242</v>
+        <v>263</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>387</v>
+        <v>371</v>
       </c>
       <c r="H110" t="s">
-        <v>388</v>
+        <v>372</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>389</v>
+        <v>373</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>390</v>
+        <v>206</v>
       </c>
       <c r="D111" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E111" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F111" t="s">
-        <v>242</v>
+        <v>263</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>391</v>
+        <v>374</v>
       </c>
       <c r="H111" t="s">
-        <v>392</v>
+        <v>375</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>393</v>
+        <v>376</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>394</v>
+        <v>209</v>
       </c>
       <c r="D112" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E112" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F112" t="s">
-        <v>269</v>
+        <v>304</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>395</v>
+        <v>377</v>
       </c>
       <c r="H112" t="s">
-        <v>396</v>
+        <v>378</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>397</v>
+        <v>379</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>398</v>
+        <v>213</v>
       </c>
       <c r="D113" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E113" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F113" t="s">
-        <v>269</v>
+        <v>304</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>399</v>
+        <v>380</v>
       </c>
       <c r="H113" t="s">
-        <v>400</v>
+        <v>381</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>401</v>
+        <v>382</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>402</v>
+        <v>217</v>
       </c>
       <c r="D114" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E114" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F114" t="s">
-        <v>269</v>
+        <v>260</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>403</v>
+        <v>383</v>
       </c>
       <c r="H114" t="s">
-        <v>404</v>
+        <v>384</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>405</v>
+        <v>385</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>406</v>
+        <v>221</v>
       </c>
       <c r="D115" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E115" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F115" t="s">
-        <v>232</v>
+        <v>260</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>407</v>
+        <v>386</v>
       </c>
       <c r="H115" t="s">
-        <v>408</v>
+        <v>387</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>409</v>
+        <v>388</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>410</v>
+        <v>225</v>
       </c>
       <c r="D116" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E116" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F116" t="s">
-        <v>232</v>
+        <v>260</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>411</v>
+        <v>389</v>
       </c>
       <c r="H116" t="s">
-        <v>412</v>
+        <v>390</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>413</v>
+        <v>391</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>414</v>
+        <v>392</v>
       </c>
       <c r="D117" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E117" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F117" t="s">
-        <v>225</v>
+        <v>297</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>415</v>
+        <v>393</v>
       </c>
       <c r="H117" t="s">
-        <v>416</v>
+        <v>394</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>417</v>
+        <v>395</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>418</v>
+        <v>396</v>
       </c>
       <c r="D118" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E118" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F118" t="s">
-        <v>269</v>
+        <v>297</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>419</v>
+        <v>397</v>
       </c>
       <c r="H118" t="s">
-        <v>420</v>
+        <v>398</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>421</v>
+        <v>399</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>422</v>
+        <v>400</v>
       </c>
       <c r="D119" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E119" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F119" t="s">
-        <v>242</v>
+        <v>401</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>423</v>
+        <v>402</v>
       </c>
       <c r="H119" t="s">
-        <v>424</v>
+        <v>403</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>425</v>
+        <v>404</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>426</v>
+        <v>405</v>
       </c>
       <c r="D120" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E120" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F120" t="s">
-        <v>242</v>
+        <v>401</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>427</v>
+        <v>406</v>
       </c>
       <c r="H120" t="s">
-        <v>428</v>
+        <v>407</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>429</v>
+        <v>408</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>430</v>
+        <v>409</v>
       </c>
       <c r="D121" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E121" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F121" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>431</v>
+        <v>410</v>
       </c>
       <c r="H121" t="s">
-        <v>432</v>
+        <v>411</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>433</v>
+        <v>412</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>434</v>
+        <v>413</v>
       </c>
       <c r="D122" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E122" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F122" t="s">
-        <v>370</v>
+        <v>231</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>435</v>
+        <v>414</v>
       </c>
       <c r="H122" t="s">
-        <v>436</v>
+        <v>415</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>437</v>
+        <v>416</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>438</v>
+        <v>417</v>
       </c>
       <c r="D123" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E123" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F123" t="s">
-        <v>370</v>
+        <v>263</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>439</v>
+        <v>418</v>
       </c>
       <c r="H123" t="s">
-        <v>440</v>
+        <v>419</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>441</v>
+        <v>420</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>442</v>
+        <v>421</v>
       </c>
       <c r="D124" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E124" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F124" t="s">
-        <v>443</v>
+        <v>263</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>444</v>
+        <v>422</v>
       </c>
       <c r="H124" t="s">
-        <v>445</v>
+        <v>423</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>446</v>
+        <v>424</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>447</v>
+        <v>425</v>
       </c>
       <c r="D125" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E125" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F125" t="s">
-        <v>443</v>
+        <v>304</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>448</v>
+        <v>426</v>
       </c>
       <c r="H125" t="s">
-        <v>449</v>
+        <v>427</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>450</v>
+        <v>428</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>451</v>
+        <v>429</v>
       </c>
       <c r="D126" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E126" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F126" t="s">
-        <v>232</v>
+        <v>304</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>65</v>
+        <v>430</v>
       </c>
       <c r="H126" t="s">
-        <v>452</v>
+        <v>431</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>453</v>
+        <v>432</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>454</v>
+        <v>433</v>
       </c>
       <c r="D127" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E127" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F127" t="s">
-        <v>232</v>
+        <v>304</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>65</v>
+        <v>434</v>
       </c>
       <c r="H127" t="s">
-        <v>455</v>
+        <v>435</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>456</v>
+        <v>436</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>457</v>
+        <v>437</v>
       </c>
       <c r="D128" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E128" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F128" t="s">
-        <v>232</v>
+        <v>260</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>65</v>
+        <v>438</v>
       </c>
       <c r="H128" t="s">
-        <v>458</v>
+        <v>439</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>459</v>
+        <v>440</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>460</v>
+        <v>441</v>
       </c>
       <c r="D129" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E129" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F129" t="s">
-        <v>232</v>
+        <v>260</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>65</v>
+        <v>442</v>
       </c>
       <c r="H129" t="s">
-        <v>461</v>
+        <v>443</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>462</v>
+        <v>444</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>463</v>
+        <v>445</v>
       </c>
       <c r="D130" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E130" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F130" t="s">
-        <v>464</v>
+        <v>253</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>65</v>
+        <v>446</v>
       </c>
       <c r="H130" t="s">
-        <v>465</v>
+        <v>447</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>466</v>
+        <v>448</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>467</v>
+        <v>449</v>
       </c>
       <c r="D131" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E131" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F131" t="s">
-        <v>269</v>
+        <v>304</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>65</v>
+        <v>450</v>
       </c>
       <c r="H131" t="s">
-        <v>468</v>
+        <v>451</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>469</v>
+        <v>452</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>470</v>
+        <v>453</v>
       </c>
       <c r="D132" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E132" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F132" t="s">
-        <v>242</v>
+        <v>263</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>65</v>
+        <v>454</v>
       </c>
       <c r="H132" t="s">
-        <v>471</v>
+        <v>455</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>472</v>
+        <v>456</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>473</v>
+        <v>457</v>
       </c>
       <c r="D133" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E133" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F133" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>65</v>
+        <v>458</v>
       </c>
       <c r="H133" t="s">
-        <v>474</v>
+        <v>459</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>475</v>
+        <v>460</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>476</v>
+        <v>461</v>
       </c>
       <c r="D134" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E134" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F134" t="s">
-        <v>232</v>
+        <v>260</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>65</v>
+        <v>462</v>
       </c>
       <c r="H134" t="s">
-        <v>477</v>
+        <v>463</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>478</v>
+        <v>464</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>479</v>
+        <v>465</v>
       </c>
       <c r="D135" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E135" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F135" t="s">
-        <v>232</v>
+        <v>401</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>65</v>
+        <v>466</v>
       </c>
       <c r="H135" t="s">
-        <v>480</v>
+        <v>467</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>481</v>
+        <v>468</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>482</v>
+        <v>469</v>
       </c>
       <c r="D136" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E136" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F136" t="s">
-        <v>232</v>
+        <v>401</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>65</v>
+        <v>470</v>
       </c>
       <c r="H136" t="s">
-        <v>483</v>
+        <v>471</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>484</v>
+        <v>472</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>485</v>
+        <v>473</v>
       </c>
       <c r="D137" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E137" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F137" t="s">
-        <v>232</v>
+        <v>474</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>65</v>
+        <v>475</v>
       </c>
       <c r="H137" t="s">
-        <v>486</v>
+        <v>476</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>488</v>
+        <v>478</v>
       </c>
       <c r="D138" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E138" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F138" t="s">
-        <v>262</v>
+        <v>474</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>65</v>
+        <v>479</v>
       </c>
       <c r="H138" t="s">
-        <v>489</v>
+        <v>480</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>490</v>
+        <v>481</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>491</v>
+        <v>482</v>
       </c>
       <c r="D139" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E139" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F139" t="s">
-        <v>242</v>
+        <v>260</v>
       </c>
       <c r="G139" s="1" t="s">
         <v>65</v>
       </c>
       <c r="H139" t="s">
-        <v>492</v>
+        <v>483</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>493</v>
+        <v>484</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>494</v>
+        <v>485</v>
       </c>
       <c r="D140" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E140" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F140" t="s">
-        <v>232</v>
+        <v>260</v>
       </c>
       <c r="G140" s="1" t="s">
         <v>65</v>
       </c>
       <c r="H140" t="s">
-        <v>495</v>
+        <v>486</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>496</v>
+        <v>487</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>497</v>
+        <v>488</v>
       </c>
       <c r="D141" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E141" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F141" t="s">
-        <v>269</v>
+        <v>260</v>
       </c>
       <c r="G141" s="1" t="s">
         <v>65</v>
       </c>
       <c r="H141" t="s">
-        <v>498</v>
+        <v>489</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>499</v>
+        <v>490</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>500</v>
+        <v>491</v>
       </c>
       <c r="D142" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E142" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F142" t="s">
-        <v>269</v>
+        <v>260</v>
       </c>
       <c r="G142" s="1" t="s">
         <v>65</v>
       </c>
       <c r="H142" t="s">
-        <v>501</v>
+        <v>492</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>502</v>
+        <v>493</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>503</v>
+        <v>494</v>
       </c>
       <c r="D143" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="E143" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="F143" t="s">
-        <v>370</v>
+        <v>495</v>
       </c>
       <c r="G143" s="1" t="s">
         <v>65</v>
       </c>
       <c r="H143" t="s">
-        <v>504</v>
+        <v>496</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>505</v>
+        <v>497</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>10</v>
+        <v>498</v>
       </c>
       <c r="D144" t="s">
-        <v>506</v>
+        <v>280</v>
       </c>
       <c r="E144" t="s">
-        <v>507</v>
+        <v>281</v>
       </c>
       <c r="F144" t="s">
-        <v>242</v>
+        <v>304</v>
       </c>
       <c r="G144" s="1" t="s">
         <v>65</v>
       </c>
       <c r="H144" t="s">
-        <v>508</v>
+        <v>499</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>509</v>
+        <v>500</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>10</v>
+        <v>501</v>
       </c>
       <c r="D145" t="s">
-        <v>510</v>
+        <v>280</v>
       </c>
       <c r="E145" t="s">
-        <v>511</v>
+        <v>281</v>
       </c>
       <c r="F145" t="s">
-        <v>203</v>
+        <v>263</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>512</v>
+        <v>65</v>
       </c>
       <c r="H145" t="s">
-        <v>513</v>
+        <v>502</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>514</v>
+        <v>503</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>16</v>
+        <v>504</v>
       </c>
       <c r="D146" t="s">
-        <v>510</v>
+        <v>280</v>
       </c>
       <c r="E146" t="s">
-        <v>511</v>
+        <v>281</v>
       </c>
       <c r="F146" t="s">
-        <v>242</v>
+        <v>304</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>515</v>
+        <v>65</v>
       </c>
       <c r="H146" t="s">
-        <v>516</v>
+        <v>505</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>517</v>
+        <v>506</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>20</v>
+        <v>507</v>
       </c>
       <c r="D147" t="s">
-        <v>510</v>
+        <v>280</v>
       </c>
       <c r="E147" t="s">
-        <v>511</v>
+        <v>281</v>
       </c>
       <c r="F147" t="s">
-        <v>203</v>
+        <v>260</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>518</v>
+        <v>65</v>
       </c>
       <c r="H147" t="s">
-        <v>519</v>
+        <v>508</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>520</v>
+        <v>509</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>24</v>
+        <v>510</v>
       </c>
       <c r="D148" t="s">
-        <v>510</v>
+        <v>280</v>
       </c>
       <c r="E148" t="s">
+        <v>281</v>
+      </c>
+      <c r="F148" t="s">
+        <v>260</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="H148" t="s">
         <v>511</v>
-      </c>
-[...7 lines deleted...]
-        <v>522</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>523</v>
+        <v>512</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>28</v>
+        <v>513</v>
       </c>
       <c r="D149" t="s">
-        <v>510</v>
+        <v>280</v>
       </c>
       <c r="E149" t="s">
-        <v>511</v>
+        <v>281</v>
       </c>
       <c r="F149" t="s">
-        <v>370</v>
+        <v>260</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>524</v>
+        <v>65</v>
       </c>
       <c r="H149" t="s">
-        <v>525</v>
+        <v>514</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>526</v>
+        <v>515</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>32</v>
+        <v>516</v>
       </c>
       <c r="D150" t="s">
-        <v>510</v>
+        <v>280</v>
       </c>
       <c r="E150" t="s">
-        <v>511</v>
+        <v>281</v>
       </c>
       <c r="F150" t="s">
-        <v>370</v>
+        <v>260</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>527</v>
+        <v>65</v>
       </c>
       <c r="H150" t="s">
-        <v>528</v>
+        <v>517</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>529</v>
+        <v>518</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>36</v>
+        <v>519</v>
       </c>
       <c r="D151" t="s">
-        <v>510</v>
+        <v>280</v>
       </c>
       <c r="E151" t="s">
-        <v>511</v>
+        <v>281</v>
       </c>
       <c r="F151" t="s">
-        <v>203</v>
+        <v>297</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>530</v>
+        <v>65</v>
       </c>
       <c r="H151" t="s">
-        <v>531</v>
+        <v>520</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>532</v>
+        <v>521</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>40</v>
+        <v>522</v>
       </c>
       <c r="D152" t="s">
-        <v>510</v>
+        <v>280</v>
       </c>
       <c r="E152" t="s">
-        <v>511</v>
+        <v>281</v>
       </c>
       <c r="F152" t="s">
-        <v>232</v>
+        <v>263</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>533</v>
+        <v>65</v>
       </c>
       <c r="H152" t="s">
-        <v>534</v>
+        <v>523</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>535</v>
+        <v>524</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>44</v>
+        <v>525</v>
       </c>
       <c r="D153" t="s">
-        <v>510</v>
+        <v>280</v>
       </c>
       <c r="E153" t="s">
-        <v>511</v>
+        <v>281</v>
       </c>
       <c r="F153" t="s">
-        <v>242</v>
+        <v>260</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>536</v>
+        <v>65</v>
       </c>
       <c r="H153" t="s">
-        <v>537</v>
+        <v>526</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>538</v>
+        <v>527</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>48</v>
+        <v>528</v>
       </c>
       <c r="D154" t="s">
-        <v>510</v>
+        <v>280</v>
       </c>
       <c r="E154" t="s">
-        <v>511</v>
+        <v>281</v>
       </c>
       <c r="F154" t="s">
-        <v>242</v>
+        <v>304</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>539</v>
+        <v>65</v>
       </c>
       <c r="H154" t="s">
-        <v>540</v>
+        <v>529</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>541</v>
+        <v>530</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>52</v>
+        <v>531</v>
       </c>
       <c r="D155" t="s">
-        <v>510</v>
+        <v>280</v>
       </c>
       <c r="E155" t="s">
-        <v>511</v>
+        <v>281</v>
       </c>
       <c r="F155" t="s">
-        <v>203</v>
+        <v>304</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>542</v>
+        <v>65</v>
       </c>
       <c r="H155" t="s">
-        <v>543</v>
+        <v>532</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>544</v>
+        <v>533</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>56</v>
+        <v>534</v>
       </c>
       <c r="D156" t="s">
-        <v>510</v>
+        <v>280</v>
       </c>
       <c r="E156" t="s">
-        <v>511</v>
+        <v>281</v>
       </c>
       <c r="F156" t="s">
-        <v>232</v>
+        <v>401</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>545</v>
+        <v>65</v>
       </c>
       <c r="H156" t="s">
-        <v>546</v>
+        <v>535</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>547</v>
+        <v>536</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>60</v>
+        <v>537</v>
       </c>
       <c r="D157" t="s">
-        <v>510</v>
+        <v>280</v>
       </c>
       <c r="E157" t="s">
-        <v>511</v>
+        <v>281</v>
       </c>
       <c r="F157" t="s">
-        <v>207</v>
+        <v>231</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>548</v>
+        <v>538</v>
       </c>
       <c r="H157" t="s">
-        <v>549</v>
+        <v>539</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>550</v>
+        <v>540</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>64</v>
+        <v>541</v>
       </c>
       <c r="D158" t="s">
-        <v>510</v>
+        <v>280</v>
       </c>
       <c r="E158" t="s">
-        <v>511</v>
+        <v>281</v>
       </c>
       <c r="F158" t="s">
-        <v>207</v>
+        <v>263</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>551</v>
+        <v>65</v>
       </c>
       <c r="H158" t="s">
-        <v>552</v>
+        <v>542</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>553</v>
+        <v>543</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>68</v>
+        <v>544</v>
       </c>
       <c r="D159" t="s">
-        <v>510</v>
+        <v>280</v>
       </c>
       <c r="E159" t="s">
-        <v>511</v>
+        <v>281</v>
       </c>
       <c r="F159" t="s">
-        <v>207</v>
+        <v>263</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>554</v>
+        <v>65</v>
       </c>
       <c r="H159" t="s">
-        <v>555</v>
+        <v>545</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>556</v>
+        <v>546</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>72</v>
+        <v>547</v>
       </c>
       <c r="D160" t="s">
-        <v>510</v>
+        <v>280</v>
       </c>
       <c r="E160" t="s">
-        <v>511</v>
+        <v>281</v>
       </c>
       <c r="F160" t="s">
-        <v>242</v>
+        <v>260</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>557</v>
+        <v>65</v>
       </c>
       <c r="H160" t="s">
-        <v>558</v>
+        <v>548</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>559</v>
+        <v>549</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>75</v>
+        <v>550</v>
       </c>
       <c r="D161" t="s">
-        <v>510</v>
+        <v>280</v>
       </c>
       <c r="E161" t="s">
-        <v>511</v>
+        <v>281</v>
       </c>
       <c r="F161" t="s">
-        <v>242</v>
+        <v>260</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>560</v>
+        <v>65</v>
       </c>
       <c r="H161" t="s">
-        <v>561</v>
+        <v>551</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>562</v>
+        <v>552</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>78</v>
+        <v>553</v>
       </c>
       <c r="D162" t="s">
-        <v>510</v>
+        <v>280</v>
       </c>
       <c r="E162" t="s">
-        <v>511</v>
+        <v>281</v>
       </c>
       <c r="F162" t="s">
-        <v>225</v>
+        <v>260</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>563</v>
+        <v>65</v>
       </c>
       <c r="H162" t="s">
-        <v>564</v>
+        <v>554</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>565</v>
+        <v>555</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>81</v>
+        <v>556</v>
       </c>
       <c r="D163" t="s">
-        <v>510</v>
+        <v>280</v>
       </c>
       <c r="E163" t="s">
-        <v>511</v>
+        <v>281</v>
       </c>
       <c r="F163" t="s">
-        <v>242</v>
+        <v>401</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>566</v>
+        <v>65</v>
       </c>
       <c r="H163" t="s">
-        <v>567</v>
+        <v>557</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>568</v>
+        <v>558</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>84</v>
+        <v>559</v>
       </c>
       <c r="D164" t="s">
-        <v>510</v>
+        <v>280</v>
       </c>
       <c r="E164" t="s">
-        <v>511</v>
+        <v>281</v>
       </c>
       <c r="F164" t="s">
-        <v>242</v>
+        <v>263</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>569</v>
+        <v>65</v>
       </c>
       <c r="H164" t="s">
-        <v>570</v>
+        <v>560</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>571</v>
+        <v>561</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>87</v>
+        <v>562</v>
       </c>
       <c r="D165" t="s">
-        <v>510</v>
+        <v>280</v>
       </c>
       <c r="E165" t="s">
-        <v>511</v>
+        <v>281</v>
       </c>
       <c r="F165" t="s">
-        <v>242</v>
+        <v>235</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>572</v>
+        <v>65</v>
       </c>
       <c r="H165" t="s">
-        <v>573</v>
+        <v>563</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>574</v>
+        <v>564</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>159</v>
+        <v>10</v>
       </c>
       <c r="D166" t="s">
-        <v>510</v>
+        <v>565</v>
       </c>
       <c r="E166" t="s">
-        <v>511</v>
+        <v>566</v>
       </c>
       <c r="F166" t="s">
-        <v>225</v>
+        <v>263</v>
       </c>
       <c r="G166" s="1" t="s">
         <v>65</v>
       </c>
       <c r="H166" t="s">
-        <v>575</v>
+        <v>567</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>576</v>
+        <v>568</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>163</v>
+        <v>10</v>
       </c>
       <c r="D167" t="s">
-        <v>510</v>
+        <v>569</v>
       </c>
       <c r="E167" t="s">
-        <v>511</v>
+        <v>570</v>
       </c>
       <c r="F167" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>577</v>
+        <v>571</v>
       </c>
       <c r="H167" t="s">
-        <v>578</v>
+        <v>572</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>579</v>
+        <v>573</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>167</v>
+        <v>16</v>
       </c>
       <c r="D168" t="s">
-        <v>510</v>
+        <v>569</v>
       </c>
       <c r="E168" t="s">
-        <v>511</v>
+        <v>570</v>
       </c>
       <c r="F168" t="s">
-        <v>242</v>
+        <v>263</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>65</v>
+        <v>574</v>
       </c>
       <c r="H168" t="s">
-        <v>580</v>
+        <v>575</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>581</v>
+        <v>576</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>171</v>
+        <v>20</v>
       </c>
       <c r="D169" t="s">
-        <v>510</v>
+        <v>569</v>
       </c>
       <c r="E169" t="s">
-        <v>511</v>
+        <v>570</v>
       </c>
       <c r="F169" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>65</v>
+        <v>577</v>
       </c>
       <c r="H169" t="s">
-        <v>582</v>
+        <v>578</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>583</v>
+        <v>579</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>175</v>
+        <v>24</v>
       </c>
       <c r="D170" t="s">
-        <v>510</v>
+        <v>569</v>
       </c>
       <c r="E170" t="s">
-        <v>511</v>
+        <v>570</v>
       </c>
       <c r="F170" t="s">
-        <v>242</v>
+        <v>253</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>65</v>
+        <v>580</v>
       </c>
       <c r="H170" t="s">
-        <v>584</v>
+        <v>581</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>585</v>
+        <v>582</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D171" t="s">
-        <v>90</v>
+        <v>569</v>
       </c>
       <c r="E171" t="s">
-        <v>586</v>
+        <v>570</v>
       </c>
       <c r="F171" t="s">
-        <v>587</v>
+        <v>401</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>588</v>
+        <v>583</v>
       </c>
       <c r="H171" t="s">
-        <v>589</v>
+        <v>584</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>590</v>
+        <v>585</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="D172" t="s">
-        <v>90</v>
+        <v>569</v>
       </c>
       <c r="E172" t="s">
+        <v>570</v>
+      </c>
+      <c r="F172" t="s">
+        <v>401</v>
+      </c>
+      <c r="G172" s="1" t="s">
         <v>586</v>
       </c>
-      <c r="G172" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H172" t="s">
-        <v>592</v>
+        <v>587</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>593</v>
+        <v>588</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="D173" t="s">
-        <v>594</v>
+        <v>569</v>
       </c>
       <c r="E173" t="s">
-        <v>595</v>
+        <v>570</v>
+      </c>
+      <c r="F173" t="s">
+        <v>231</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>65</v>
+        <v>589</v>
       </c>
       <c r="H173" t="s">
-        <v>596</v>
+        <v>590</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>597</v>
+        <v>591</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="D174" t="s">
-        <v>594</v>
+        <v>569</v>
       </c>
       <c r="E174" t="s">
-        <v>595</v>
+        <v>570</v>
+      </c>
+      <c r="F174" t="s">
+        <v>260</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>65</v>
+        <v>592</v>
       </c>
       <c r="H174" t="s">
-        <v>598</v>
+        <v>593</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>599</v>
+        <v>594</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
       <c r="D175" t="s">
-        <v>600</v>
+        <v>569</v>
       </c>
       <c r="E175" t="s">
-        <v>601</v>
+        <v>570</v>
+      </c>
+      <c r="F175" t="s">
+        <v>263</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>65</v>
+        <v>595</v>
       </c>
       <c r="H175" t="s">
-        <v>602</v>
+        <v>596</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>603</v>
+        <v>597</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="D176" t="s">
-        <v>600</v>
+        <v>569</v>
       </c>
       <c r="E176" t="s">
-        <v>601</v>
+        <v>570</v>
+      </c>
+      <c r="F176" t="s">
+        <v>263</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>65</v>
+        <v>598</v>
       </c>
       <c r="H176" t="s">
-        <v>604</v>
+        <v>599</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>605</v>
+        <v>600</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>20</v>
+        <v>52</v>
       </c>
       <c r="D177" t="s">
-        <v>600</v>
+        <v>569</v>
       </c>
       <c r="E177" t="s">
+        <v>570</v>
+      </c>
+      <c r="F177" t="s">
+        <v>231</v>
+      </c>
+      <c r="G177" s="1" t="s">
         <v>601</v>
       </c>
-      <c r="G177" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H177" t="s">
-        <v>606</v>
+        <v>602</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>607</v>
+        <v>603</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>24</v>
+        <v>56</v>
       </c>
       <c r="D178" t="s">
-        <v>600</v>
+        <v>569</v>
       </c>
       <c r="E178" t="s">
-        <v>601</v>
+        <v>570</v>
+      </c>
+      <c r="F178" t="s">
+        <v>260</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>65</v>
+        <v>604</v>
       </c>
       <c r="H178" t="s">
-        <v>608</v>
+        <v>605</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
+        <v>606</v>
+      </c>
+      <c r="B179" t="s">
+        <v>9</v>
+      </c>
+      <c r="C179" t="s">
+        <v>60</v>
+      </c>
+      <c r="D179" t="s">
+        <v>569</v>
+      </c>
+      <c r="E179" t="s">
+        <v>570</v>
+      </c>
+      <c r="F179" t="s">
+        <v>235</v>
+      </c>
+      <c r="G179" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="H179" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8">
+      <c r="A180" t="s">
         <v>609</v>
       </c>
-      <c r="B179" t="s">
-[...2 lines deleted...]
-      <c r="C179" t="s">
+      <c r="B180" t="s">
+        <v>9</v>
+      </c>
+      <c r="C180" t="s">
+        <v>64</v>
+      </c>
+      <c r="D180" t="s">
+        <v>569</v>
+      </c>
+      <c r="E180" t="s">
+        <v>570</v>
+      </c>
+      <c r="F180" t="s">
+        <v>235</v>
+      </c>
+      <c r="G180" s="1" t="s">
+        <v>610</v>
+      </c>
+      <c r="H180" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="181" spans="1:8">
+      <c r="A181" t="s">
+        <v>612</v>
+      </c>
+      <c r="B181" t="s">
+        <v>9</v>
+      </c>
+      <c r="C181" t="s">
+        <v>68</v>
+      </c>
+      <c r="D181" t="s">
+        <v>569</v>
+      </c>
+      <c r="E181" t="s">
+        <v>570</v>
+      </c>
+      <c r="F181" t="s">
+        <v>235</v>
+      </c>
+      <c r="G181" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="H181" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="182" spans="1:8">
+      <c r="A182" t="s">
+        <v>615</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" t="s">
+        <v>72</v>
+      </c>
+      <c r="D182" t="s">
+        <v>569</v>
+      </c>
+      <c r="E182" t="s">
+        <v>570</v>
+      </c>
+      <c r="F182" t="s">
+        <v>263</v>
+      </c>
+      <c r="G182" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="H182" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="183" spans="1:8">
+      <c r="A183" t="s">
+        <v>618</v>
+      </c>
+      <c r="B183" t="s">
+        <v>9</v>
+      </c>
+      <c r="C183" t="s">
+        <v>75</v>
+      </c>
+      <c r="D183" t="s">
+        <v>569</v>
+      </c>
+      <c r="E183" t="s">
+        <v>570</v>
+      </c>
+      <c r="F183" t="s">
+        <v>263</v>
+      </c>
+      <c r="G183" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="H183" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="184" spans="1:8">
+      <c r="A184" t="s">
+        <v>621</v>
+      </c>
+      <c r="B184" t="s">
+        <v>9</v>
+      </c>
+      <c r="C184" t="s">
+        <v>78</v>
+      </c>
+      <c r="D184" t="s">
+        <v>569</v>
+      </c>
+      <c r="E184" t="s">
+        <v>570</v>
+      </c>
+      <c r="F184" t="s">
+        <v>253</v>
+      </c>
+      <c r="G184" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="H184" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="185" spans="1:8">
+      <c r="A185" t="s">
+        <v>624</v>
+      </c>
+      <c r="B185" t="s">
+        <v>9</v>
+      </c>
+      <c r="C185" t="s">
+        <v>81</v>
+      </c>
+      <c r="D185" t="s">
+        <v>569</v>
+      </c>
+      <c r="E185" t="s">
+        <v>570</v>
+      </c>
+      <c r="F185" t="s">
+        <v>263</v>
+      </c>
+      <c r="G185" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="H185" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="186" spans="1:8">
+      <c r="A186" t="s">
+        <v>627</v>
+      </c>
+      <c r="B186" t="s">
+        <v>9</v>
+      </c>
+      <c r="C186" t="s">
+        <v>84</v>
+      </c>
+      <c r="D186" t="s">
+        <v>569</v>
+      </c>
+      <c r="E186" t="s">
+        <v>570</v>
+      </c>
+      <c r="F186" t="s">
+        <v>263</v>
+      </c>
+      <c r="G186" s="1" t="s">
+        <v>628</v>
+      </c>
+      <c r="H186" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="187" spans="1:8">
+      <c r="A187" t="s">
+        <v>630</v>
+      </c>
+      <c r="B187" t="s">
+        <v>9</v>
+      </c>
+      <c r="C187" t="s">
+        <v>87</v>
+      </c>
+      <c r="D187" t="s">
+        <v>569</v>
+      </c>
+      <c r="E187" t="s">
+        <v>570</v>
+      </c>
+      <c r="F187" t="s">
+        <v>263</v>
+      </c>
+      <c r="G187" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="H187" t="s">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="188" spans="1:8">
+      <c r="A188" t="s">
+        <v>633</v>
+      </c>
+      <c r="B188" t="s">
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
+        <v>90</v>
+      </c>
+      <c r="D188" t="s">
+        <v>569</v>
+      </c>
+      <c r="E188" t="s">
+        <v>570</v>
+      </c>
+      <c r="F188" t="s">
+        <v>253</v>
+      </c>
+      <c r="G188" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="H188" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="189" spans="1:8">
+      <c r="A189" t="s">
+        <v>635</v>
+      </c>
+      <c r="B189" t="s">
+        <v>9</v>
+      </c>
+      <c r="C189" t="s">
+        <v>93</v>
+      </c>
+      <c r="D189" t="s">
+        <v>569</v>
+      </c>
+      <c r="E189" t="s">
+        <v>570</v>
+      </c>
+      <c r="F189" t="s">
+        <v>253</v>
+      </c>
+      <c r="G189" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="H189" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8">
+      <c r="A190" t="s">
+        <v>638</v>
+      </c>
+      <c r="B190" t="s">
+        <v>9</v>
+      </c>
+      <c r="C190" t="s">
+        <v>96</v>
+      </c>
+      <c r="D190" t="s">
+        <v>569</v>
+      </c>
+      <c r="E190" t="s">
+        <v>570</v>
+      </c>
+      <c r="F190" t="s">
+        <v>263</v>
+      </c>
+      <c r="G190" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="H190" t="s">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="191" spans="1:8">
+      <c r="A191" t="s">
+        <v>640</v>
+      </c>
+      <c r="B191" t="s">
+        <v>9</v>
+      </c>
+      <c r="C191" t="s">
+        <v>99</v>
+      </c>
+      <c r="D191" t="s">
+        <v>569</v>
+      </c>
+      <c r="E191" t="s">
+        <v>570</v>
+      </c>
+      <c r="F191" t="s">
+        <v>260</v>
+      </c>
+      <c r="G191" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="H191" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="192" spans="1:8">
+      <c r="A192" t="s">
+        <v>642</v>
+      </c>
+      <c r="B192" t="s">
+        <v>9</v>
+      </c>
+      <c r="C192" t="s">
+        <v>102</v>
+      </c>
+      <c r="D192" t="s">
+        <v>569</v>
+      </c>
+      <c r="E192" t="s">
+        <v>570</v>
+      </c>
+      <c r="F192" t="s">
+        <v>263</v>
+      </c>
+      <c r="G192" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="H192" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="193" spans="1:8">
+      <c r="A193" t="s">
+        <v>644</v>
+      </c>
+      <c r="B193" t="s">
+        <v>9</v>
+      </c>
+      <c r="C193" t="s">
+        <v>105</v>
+      </c>
+      <c r="D193" t="s">
+        <v>569</v>
+      </c>
+      <c r="E193" t="s">
+        <v>570</v>
+      </c>
+      <c r="F193" t="s">
+        <v>263</v>
+      </c>
+      <c r="G193" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="H193" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8">
+      <c r="A194" t="s">
+        <v>646</v>
+      </c>
+      <c r="B194" t="s">
+        <v>9</v>
+      </c>
+      <c r="C194" t="s">
+        <v>10</v>
+      </c>
+      <c r="D194" t="s">
+        <v>108</v>
+      </c>
+      <c r="E194" t="s">
+        <v>647</v>
+      </c>
+      <c r="F194" t="s">
+        <v>648</v>
+      </c>
+      <c r="G194" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="H194" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8">
+      <c r="A195" t="s">
+        <v>651</v>
+      </c>
+      <c r="B195" t="s">
+        <v>9</v>
+      </c>
+      <c r="C195" t="s">
+        <v>16</v>
+      </c>
+      <c r="D195" t="s">
+        <v>108</v>
+      </c>
+      <c r="E195" t="s">
+        <v>647</v>
+      </c>
+      <c r="G195" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="H195" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8">
+      <c r="A196" t="s">
+        <v>654</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C196" t="s">
+        <v>10</v>
+      </c>
+      <c r="D196" t="s">
+        <v>655</v>
+      </c>
+      <c r="E196" t="s">
+        <v>656</v>
+      </c>
+      <c r="G196" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="H196" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8">
+      <c r="A197" t="s">
+        <v>658</v>
+      </c>
+      <c r="B197" t="s">
+        <v>9</v>
+      </c>
+      <c r="C197" t="s">
+        <v>16</v>
+      </c>
+      <c r="D197" t="s">
+        <v>655</v>
+      </c>
+      <c r="E197" t="s">
+        <v>656</v>
+      </c>
+      <c r="G197" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="H197" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8">
+      <c r="A198" t="s">
+        <v>660</v>
+      </c>
+      <c r="B198" t="s">
+        <v>9</v>
+      </c>
+      <c r="C198" t="s">
+        <v>20</v>
+      </c>
+      <c r="D198" t="s">
+        <v>655</v>
+      </c>
+      <c r="E198" t="s">
+        <v>656</v>
+      </c>
+      <c r="G198" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="H198" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8">
+      <c r="A199" t="s">
+        <v>662</v>
+      </c>
+      <c r="B199" t="s">
+        <v>9</v>
+      </c>
+      <c r="C199" t="s">
+        <v>10</v>
+      </c>
+      <c r="D199" t="s">
+        <v>663</v>
+      </c>
+      <c r="E199" t="s">
+        <v>664</v>
+      </c>
+      <c r="G199" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="H199" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8">
+      <c r="A200" t="s">
+        <v>666</v>
+      </c>
+      <c r="B200" t="s">
+        <v>9</v>
+      </c>
+      <c r="C200" t="s">
+        <v>16</v>
+      </c>
+      <c r="D200" t="s">
+        <v>663</v>
+      </c>
+      <c r="E200" t="s">
+        <v>664</v>
+      </c>
+      <c r="G200" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="H200" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8">
+      <c r="A201" t="s">
+        <v>668</v>
+      </c>
+      <c r="B201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C201" t="s">
+        <v>20</v>
+      </c>
+      <c r="D201" t="s">
+        <v>663</v>
+      </c>
+      <c r="E201" t="s">
+        <v>664</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="H201" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="A202" t="s">
+        <v>670</v>
+      </c>
+      <c r="B202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" t="s">
+        <v>24</v>
+      </c>
+      <c r="D202" t="s">
+        <v>663</v>
+      </c>
+      <c r="E202" t="s">
+        <v>664</v>
+      </c>
+      <c r="G202" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="H202" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203" t="s">
+        <v>672</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
         <v>28</v>
       </c>
-      <c r="D179" t="s">
-[...5 lines deleted...]
-      <c r="G179" s="1" t="s">
+      <c r="D203" t="s">
+        <v>663</v>
+      </c>
+      <c r="E203" t="s">
+        <v>664</v>
+      </c>
+      <c r="G203" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="H179" t="s">
-        <v>610</v>
+      <c r="H203" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204" t="s">
+        <v>674</v>
+      </c>
+      <c r="B204" t="s">
+        <v>9</v>
+      </c>
+      <c r="C204" t="s">
+        <v>32</v>
+      </c>
+      <c r="D204" t="s">
+        <v>663</v>
+      </c>
+      <c r="E204" t="s">
+        <v>664</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="H204" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205" t="s">
+        <v>676</v>
+      </c>
+      <c r="B205" t="s">
+        <v>9</v>
+      </c>
+      <c r="C205" t="s">
+        <v>36</v>
+      </c>
+      <c r="D205" t="s">
+        <v>663</v>
+      </c>
+      <c r="E205" t="s">
+        <v>664</v>
+      </c>
+      <c r="G205" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="H205" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206" t="s">
+        <v>678</v>
+      </c>
+      <c r="B206" t="s">
+        <v>9</v>
+      </c>
+      <c r="C206" t="s">
+        <v>10</v>
+      </c>
+      <c r="D206" t="s">
+        <v>679</v>
+      </c>
+      <c r="E206" t="s">
+        <v>680</v>
+      </c>
+      <c r="G206" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="H206" t="s">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207" t="s">
+        <v>683</v>
+      </c>
+      <c r="B207" t="s">
+        <v>9</v>
+      </c>
+      <c r="C207" t="s">
+        <v>16</v>
+      </c>
+      <c r="D207" t="s">
+        <v>679</v>
+      </c>
+      <c r="E207" t="s">
+        <v>680</v>
+      </c>
+      <c r="G207" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="H207" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8">
+      <c r="A208" t="s">
+        <v>686</v>
+      </c>
+      <c r="B208" t="s">
+        <v>9</v>
+      </c>
+      <c r="C208" t="s">
+        <v>20</v>
+      </c>
+      <c r="D208" t="s">
+        <v>679</v>
+      </c>
+      <c r="E208" t="s">
+        <v>680</v>
+      </c>
+      <c r="G208" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="H208" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="209" spans="1:8">
+      <c r="A209" t="s">
+        <v>689</v>
+      </c>
+      <c r="B209" t="s">
+        <v>9</v>
+      </c>
+      <c r="C209" t="s">
+        <v>24</v>
+      </c>
+      <c r="D209" t="s">
+        <v>679</v>
+      </c>
+      <c r="E209" t="s">
+        <v>680</v>
+      </c>
+      <c r="G209" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="H209" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="210" spans="1:8">
+      <c r="A210" t="s">
+        <v>692</v>
+      </c>
+      <c r="B210" t="s">
+        <v>9</v>
+      </c>
+      <c r="C210" t="s">
+        <v>28</v>
+      </c>
+      <c r="D210" t="s">
+        <v>679</v>
+      </c>
+      <c r="E210" t="s">
+        <v>680</v>
+      </c>
+      <c r="G210" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="H210" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="211" spans="1:8">
+      <c r="A211" t="s">
+        <v>695</v>
+      </c>
+      <c r="B211" t="s">
+        <v>9</v>
+      </c>
+      <c r="C211" t="s">
+        <v>32</v>
+      </c>
+      <c r="D211" t="s">
+        <v>679</v>
+      </c>
+      <c r="E211" t="s">
+        <v>680</v>
+      </c>
+      <c r="G211" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="H211" t="s">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="212" spans="1:8">
+      <c r="A212" t="s">
+        <v>698</v>
+      </c>
+      <c r="B212" t="s">
+        <v>9</v>
+      </c>
+      <c r="C212" t="s">
+        <v>36</v>
+      </c>
+      <c r="D212" t="s">
+        <v>679</v>
+      </c>
+      <c r="E212" t="s">
+        <v>680</v>
+      </c>
+      <c r="G212" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="H212" t="s">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="213" spans="1:8">
+      <c r="A213" t="s">
+        <v>701</v>
+      </c>
+      <c r="B213" t="s">
+        <v>9</v>
+      </c>
+      <c r="C213" t="s">
+        <v>40</v>
+      </c>
+      <c r="D213" t="s">
+        <v>679</v>
+      </c>
+      <c r="E213" t="s">
+        <v>680</v>
+      </c>
+      <c r="G213" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="H213" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="214" spans="1:8">
+      <c r="A214" t="s">
+        <v>704</v>
+      </c>
+      <c r="B214" t="s">
+        <v>9</v>
+      </c>
+      <c r="C214" t="s">
+        <v>44</v>
+      </c>
+      <c r="D214" t="s">
+        <v>679</v>
+      </c>
+      <c r="E214" t="s">
+        <v>680</v>
+      </c>
+      <c r="G214" s="1" t="s">
+        <v>705</v>
+      </c>
+      <c r="H214" t="s">
+        <v>706</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -6964,50 +8110,85 @@
     <hyperlink ref="G155" r:id="rId154"/>
     <hyperlink ref="G156" r:id="rId155"/>
     <hyperlink ref="G157" r:id="rId156"/>
     <hyperlink ref="G158" r:id="rId157"/>
     <hyperlink ref="G159" r:id="rId158"/>
     <hyperlink ref="G160" r:id="rId159"/>
     <hyperlink ref="G161" r:id="rId160"/>
     <hyperlink ref="G162" r:id="rId161"/>
     <hyperlink ref="G163" r:id="rId162"/>
     <hyperlink ref="G164" r:id="rId163"/>
     <hyperlink ref="G165" r:id="rId164"/>
     <hyperlink ref="G166" r:id="rId165"/>
     <hyperlink ref="G167" r:id="rId166"/>
     <hyperlink ref="G168" r:id="rId167"/>
     <hyperlink ref="G169" r:id="rId168"/>
     <hyperlink ref="G170" r:id="rId169"/>
     <hyperlink ref="G171" r:id="rId170"/>
     <hyperlink ref="G172" r:id="rId171"/>
     <hyperlink ref="G173" r:id="rId172"/>
     <hyperlink ref="G174" r:id="rId173"/>
     <hyperlink ref="G175" r:id="rId174"/>
     <hyperlink ref="G176" r:id="rId175"/>
     <hyperlink ref="G177" r:id="rId176"/>
     <hyperlink ref="G178" r:id="rId177"/>
     <hyperlink ref="G179" r:id="rId178"/>
+    <hyperlink ref="G180" r:id="rId179"/>
+    <hyperlink ref="G181" r:id="rId180"/>
+    <hyperlink ref="G182" r:id="rId181"/>
+    <hyperlink ref="G183" r:id="rId182"/>
+    <hyperlink ref="G184" r:id="rId183"/>
+    <hyperlink ref="G185" r:id="rId184"/>
+    <hyperlink ref="G186" r:id="rId185"/>
+    <hyperlink ref="G187" r:id="rId186"/>
+    <hyperlink ref="G188" r:id="rId187"/>
+    <hyperlink ref="G189" r:id="rId188"/>
+    <hyperlink ref="G190" r:id="rId189"/>
+    <hyperlink ref="G191" r:id="rId190"/>
+    <hyperlink ref="G192" r:id="rId191"/>
+    <hyperlink ref="G193" r:id="rId192"/>
+    <hyperlink ref="G194" r:id="rId193"/>
+    <hyperlink ref="G195" r:id="rId194"/>
+    <hyperlink ref="G196" r:id="rId195"/>
+    <hyperlink ref="G197" r:id="rId196"/>
+    <hyperlink ref="G198" r:id="rId197"/>
+    <hyperlink ref="G199" r:id="rId198"/>
+    <hyperlink ref="G200" r:id="rId199"/>
+    <hyperlink ref="G201" r:id="rId200"/>
+    <hyperlink ref="G202" r:id="rId201"/>
+    <hyperlink ref="G203" r:id="rId202"/>
+    <hyperlink ref="G204" r:id="rId203"/>
+    <hyperlink ref="G205" r:id="rId204"/>
+    <hyperlink ref="G206" r:id="rId205"/>
+    <hyperlink ref="G207" r:id="rId206"/>
+    <hyperlink ref="G208" r:id="rId207"/>
+    <hyperlink ref="G209" r:id="rId208"/>
+    <hyperlink ref="G210" r:id="rId209"/>
+    <hyperlink ref="G211" r:id="rId210"/>
+    <hyperlink ref="G212" r:id="rId211"/>
+    <hyperlink ref="G213" r:id="rId212"/>
+    <hyperlink ref="G214" r:id="rId213"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>